--- v0 (2025-10-08)
+++ v1 (2026-01-16)
@@ -10,120 +10,130 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mwilson\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Shared drives\DNR REAP\Grants\Grant Resources\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9EB53D81-0813-401A-981A-AAA97E97014C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{981B6A4C-B08E-4073-93FD-0A417F85967E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11860" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Overall Project Budget" sheetId="4" r:id="rId1"/>
     <sheet name="Budget Details" sheetId="6" r:id="rId2"/>
     <sheet name="Funding Request Type List" sheetId="9" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Overall Project Budget'!$A$1:$G$12</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Overall Project Budget'!$A$1:$G$17</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E8" i="6" l="1"/>
+  <c r="G12" i="4" l="1"/>
+  <c r="G13" i="4"/>
+  <c r="G14" i="4"/>
+  <c r="B6" i="4"/>
+  <c r="E6" i="4" s="1"/>
+  <c r="G11" i="4"/>
+  <c r="G10" i="4"/>
+  <c r="E8" i="6"/>
   <c r="E9" i="6"/>
   <c r="E10" i="6"/>
   <c r="E11" i="6"/>
   <c r="E12" i="6"/>
   <c r="E13" i="6"/>
   <c r="E14" i="6"/>
   <c r="E15" i="6"/>
   <c r="E7" i="6"/>
   <c r="E16" i="6"/>
   <c r="E17" i="6"/>
   <c r="E18" i="6"/>
   <c r="E19" i="6"/>
   <c r="E20" i="6"/>
   <c r="E6" i="6"/>
   <c r="E21" i="6"/>
   <c r="E22" i="6"/>
   <c r="E23" i="6"/>
   <c r="E24" i="6"/>
   <c r="E25" i="6"/>
   <c r="E26" i="6"/>
   <c r="E5" i="6"/>
-  <c r="C27" i="6" l="1"/>
+  <c r="G15" i="4" l="1"/>
+  <c r="B5" i="4" s="1"/>
+  <c r="E5" i="4" s="1"/>
+  <c r="C27" i="6"/>
   <c r="D27" i="6" l="1"/>
   <c r="E27" i="6" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="44">
   <si>
     <t>Project Title</t>
   </si>
   <si>
     <t>Applicant</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Insert Entity Name and Name of Grant Program, if applicable</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <r>
       <t>Status</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
@@ -185,264 +195,329 @@
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Federal Funds
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(insert additional rows, as needed, to identify each agency)</t>
     </r>
-  </si>
-[...4 lines deleted...]
-    <t>Total REAP Requested Cost</t>
   </si>
   <si>
     <t xml:space="preserve">Total Cost </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Funding Requested from</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> REAP Conservation Education Program 
 </t>
     </r>
   </si>
   <si>
     <t>Applicant Contribution</t>
   </si>
   <si>
     <t>Narrative of Expense</t>
   </si>
   <si>
     <t>Staff Training/Stipends</t>
   </si>
   <si>
     <t>Guest Instructors/honorariums</t>
   </si>
   <si>
     <t>Equipment Necessary for Program Implementation (over $500 each item)</t>
   </si>
   <si>
     <t>Supplies/Instructional Resources (less than $500 each item)</t>
   </si>
   <si>
     <t>Fabrication/Printing (interpretive signage, other print media)</t>
   </si>
   <si>
-    <t xml:space="preserve">(4) Reimbursement requests for mileage, lodging or food must follow Iowa's Department of Administrative Services In-State Travel Policies and associated rates found at: </t>
-[...4 lines deleted...]
-  <si>
     <r>
       <t>Staffing Salaries</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 3</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Total Non-REAP Funds </t>
-[...13 lines deleted...]
-    <r>
       <t>Transportation (school bus, vehicle/bus rental or in-state milage reimbursement)</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 4</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Food and Lodging (associated with in-state travel only) </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">      Iowa's DAS In-State Travel Policy</t>
   </si>
   <si>
-    <t xml:space="preserve">(1) Add rows as appropriate to provide sufficient detail as to all project components that will receive funding. Rows must be added above row 13 due to protected cells.
+    <r>
+      <t xml:space="preserve">Funding Request Type
 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(Drop down list selecter is viewable
+ once you click in a cell) </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">      Value of Volunteer Time</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Other State, City or County Funds
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(insert additional rows, as needed, to identify each entity)</t>
+    </r>
+  </si>
+  <si>
+    <t>DNR Form 542-0032</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Required 33% Matching Funds 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(in-kind or cash show in Column D on the Budget Details Tab)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Funding Sources Detail
+</t>
+  </si>
+  <si>
+    <t>NOTE: Complete the following for REAP CEP Large Grant Applications ONLY</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Total of all staffing lines (personnel) shall not exceed 40% of the total REAP CEP grant request.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(Complete only if personnel expenses are Details shown in Column C on the Budget Details Tab.)</t>
+    </r>
+  </si>
+  <si>
+    <t>REAP CEP Budget Details</t>
   </si>
   <si>
     <r>
       <t>Project Component</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> 1</t>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(Short description)</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Funding Request Type
-</t>
+      <t xml:space="preserve">Total Non-REAP Funds </t>
     </r>
     <r>
       <rPr>
-        <sz val="9"/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">(Drop down list selecter is viewable
-[...11 lines deleted...]
-      <t xml:space="preserve">Other State, City or County Funds
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <t>(2) For staffing, there should be a row for each person/position for requested funding. Total of all staffing lines shall not exceed 40% of the total REAP CEP grant request.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(3) Reimbursement requests for mileage, lodging or food must follow Iowa's Department of Administrative Services In-State Travel Policies and associated rates found at: </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Total REAP Requested Cost </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>2,3</t>
+    </r>
+  </si>
+  <si>
+    <t>(1) For applications in the CEP Large Grant category ($10,001 to $80,000), a minimum 33% match is required. This match may be fulfilled through cash or in-kind contributions. Applicants should determine the Total Project Cost first; the match is then calculated as a percentage of that total. If utilizing volunteer hours as part of the match, the following rates must be applied:</t>
+  </si>
+  <si>
+    <t>(4) If the organization utilizes indirects, those should not be shown as a separate line in the budget but planned as part of the staff person's line it is associated with.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">REAP Grant Request Amount
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>(insert additional rows, as needed, to identify each entity)</t>
-[...3 lines deleted...]
-    <t>DNR Form 542-0032</t>
+      <t>(If your application does not include personnel, zero out B6.)</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -494,97 +569,93 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="9"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -633,65 +704,50 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -700,203 +756,416 @@
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="52">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...27 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...34 lines deleted...]
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
-      <protection locked="0"/>
-[...5 lines deleted...]
-      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
-    </xf>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="42" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="42" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="42" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
+    <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
@@ -1172,824 +1441,897 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://independentsector.org/research/value-of-volunteer-time/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/state-employees/state-accounting/travel-relocation/state-travel" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor theme="9" tint="0.79998168889431442"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G12"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8:XFD8"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A2" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="Q11" sqref="Q11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="31.08984375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="25.54296875" customWidth="1"/>
+    <col min="1" max="1" width="34" style="14" customWidth="1"/>
+    <col min="2" max="3" width="21.36328125" style="14" customWidth="1"/>
+    <col min="4" max="5" width="14.6328125" style="14" customWidth="1"/>
+    <col min="6" max="6" width="14.453125" style="14" customWidth="1"/>
+    <col min="7" max="7" width="25.54296875" style="14" customWidth="1"/>
+    <col min="8" max="16384" width="8.7265625" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="21"/>
-[...4 lines deleted...]
-      <c r="G1" s="21"/>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="33"/>
     </row>
     <row r="2" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="6" t="s">
-[...7 lines deleted...]
-      <c r="G2" s="7"/>
+      <c r="A2" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="34"/>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="27"/>
     </row>
     <row r="3" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="6" t="s">
+      <c r="A3" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="22"/>
-[...7 lines deleted...]
-      <c r="A4" s="8" t="s">
+      <c r="B3" s="34"/>
+      <c r="C3" s="35"/>
+      <c r="D3" s="35"/>
+      <c r="E3" s="34"/>
+      <c r="F3" s="36"/>
+      <c r="G3" s="27"/>
+    </row>
+    <row r="4" spans="1:7" s="4" customFormat="1" ht="30.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="20"/>
+      <c r="C4" s="20"/>
+      <c r="D4" s="20"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="28"/>
+    </row>
+    <row r="5" spans="1:7" s="4" customFormat="1" ht="46" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="50">
+        <f>(G15)</f>
+        <v>0</v>
+      </c>
+      <c r="C5" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" s="55"/>
+      <c r="E5" s="57">
+        <f>SUM(B5*0.33)</f>
+        <v>0</v>
+      </c>
+      <c r="F5" s="58"/>
+      <c r="G5" s="22"/>
+    </row>
+    <row r="6" spans="1:7" s="4" customFormat="1" ht="95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="51" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" s="71">
+        <f>(B10)</f>
+        <v>0</v>
+      </c>
+      <c r="C6" s="56" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="56"/>
+      <c r="E6" s="59">
+        <f>SUM(B6*0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="F6" s="60"/>
+      <c r="G6" s="27"/>
+    </row>
+    <row r="7" spans="1:7" s="4" customFormat="1" ht="72.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="24"/>
+      <c r="B7" s="25"/>
+      <c r="C7" s="53"/>
+      <c r="D7" s="53"/>
+      <c r="E7" s="26"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="27"/>
+    </row>
+    <row r="8" spans="1:7" s="4" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A8" s="61" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="62"/>
+      <c r="C8" s="62"/>
+      <c r="D8" s="62"/>
+      <c r="E8" s="62"/>
+      <c r="F8" s="62"/>
+      <c r="G8" s="62"/>
+    </row>
+    <row r="9" spans="1:7" ht="42" x14ac:dyDescent="0.35">
+      <c r="A9" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="B9" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="8" t="s">
+      <c r="C9" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="D4" s="18" t="s">
+      <c r="D9" s="37" t="s">
         <v>12</v>
       </c>
-      <c r="E4" s="18" t="s">
+      <c r="E9" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="F4" s="8" t="s">
+      <c r="F9" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="G4" s="8" t="s">
+      <c r="G9" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C5" s="9" t="s">
+    <row r="10" spans="1:7" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="38" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="39">
+        <v>0</v>
+      </c>
+      <c r="C10" s="40" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="9" t="s">
+      <c r="D10" s="40" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="9" t="s">
+      <c r="E10" s="40" t="s">
         <v>6</v>
       </c>
-      <c r="F5" s="9" t="s">
+      <c r="F10" s="40" t="s">
         <v>6</v>
       </c>
-      <c r="G5" s="3">
-[...11 lines deleted...]
-      <c r="D6" s="9" t="s">
+      <c r="G10" s="41">
+        <f>(B10)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="38" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="41">
+        <v>0</v>
+      </c>
+      <c r="C11" s="31"/>
+      <c r="D11" s="40" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="9" t="s">
+      <c r="E11" s="40" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="24"/>
-[...20 lines deleted...]
-      <c r="A8" s="2" t="s">
+      <c r="F11" s="42"/>
+      <c r="G11" s="41">
+        <f>(B11)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="41">
+        <v>0</v>
+      </c>
+      <c r="C12" s="31"/>
+      <c r="D12" s="43"/>
+      <c r="E12" s="43"/>
+      <c r="F12" s="43"/>
+      <c r="G12" s="41">
+        <f t="shared" ref="G12:G14" si="0">(B12)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="3">
-[...11 lines deleted...]
-      <c r="A9" s="10" t="s">
+      <c r="B13" s="41">
+        <v>0</v>
+      </c>
+      <c r="C13" s="31"/>
+      <c r="D13" s="43"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="43"/>
+      <c r="G13" s="41">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="72.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="44" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="11">
-[...11 lines deleted...]
-      <c r="A10" s="14" t="s">
+      <c r="B14" s="45">
+        <v>0</v>
+      </c>
+      <c r="C14" s="46"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
+      <c r="F14" s="47"/>
+      <c r="G14" s="41">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="72.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A15" s="48" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="15">
-[...36 lines deleted...]
-      <c r="G12" s="46"/>
+      <c r="B15" s="63"/>
+      <c r="C15" s="64"/>
+      <c r="D15" s="64"/>
+      <c r="E15" s="64"/>
+      <c r="F15" s="65"/>
+      <c r="G15" s="52">
+        <f>SUM(G10:G14)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A16" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="4"/>
+      <c r="C16" s="4"/>
+      <c r="D16" s="4"/>
+      <c r="E16" s="4"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="4"/>
+    </row>
+    <row r="17" spans="1:7" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="54"/>
+      <c r="B17" s="54"/>
+      <c r="C17" s="54"/>
+      <c r="D17" s="54"/>
+      <c r="E17" s="54"/>
+      <c r="F17" s="54"/>
+      <c r="G17" s="54"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="A12:G12"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="/LvWVuQBSrPa6wlMFudjErty4RLAB0AUNcbBc/G+sBjvOj8DwXSUHWuxonT1y5XhHCSGF+fNTTFYK4odY2dVcQ==" saltValue="Z5zzwjJOlTbM9F7iHRa64Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" insertRows="0" deleteRows="0" selectLockedCells="1"/>
+  <mergeCells count="7">
+    <mergeCell ref="A17:G17"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="B15:F15"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="74" orientation="landscape" r:id="rId1"/>
+  <ignoredErrors>
+    <ignoredError sqref="E5:E6 B5:B6 G10:G14" unlockedFormula="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="8" tint="0.79998168889431442"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F34"/>
+  <dimension ref="A1:F33"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="D28" sqref="D28"/>
+    <sheetView zoomScale="68" zoomScaleNormal="68" workbookViewId="0">
+      <selection activeCell="A9" sqref="A9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="40" style="28" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="9.08984375" style="28"/>
+    <col min="1" max="1" width="52.26953125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="59.1796875" style="4" customWidth="1"/>
+    <col min="3" max="5" width="19.453125" style="4" customWidth="1"/>
+    <col min="6" max="6" width="117.54296875" style="4" customWidth="1"/>
+    <col min="7" max="16384" width="9.08984375" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="25" t="s">
+      <c r="A1" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="3"/>
+    </row>
+    <row r="2" spans="1:6" ht="30.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="6"/>
+      <c r="C2" s="68"/>
+      <c r="D2" s="68"/>
+      <c r="E2" s="68"/>
+      <c r="F2" s="69"/>
+    </row>
+    <row r="3" spans="1:6" ht="30.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="6"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="69"/>
+    </row>
+    <row r="4" spans="1:6" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="B1" s="26"/>
-[...35 lines deleted...]
-      <c r="D4" s="31" t="s">
+      <c r="F4" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="58" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="31"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="9">
+        <v>0</v>
+      </c>
+      <c r="D5" s="9">
+        <v>0</v>
+      </c>
+      <c r="E5" s="13">
+        <f>SUM(C5:D5)</f>
+        <v>0</v>
+      </c>
+      <c r="F5" s="30"/>
+    </row>
+    <row r="6" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="31"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="9">
+        <v>0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>0</v>
+      </c>
+      <c r="E6" s="13">
+        <f t="shared" ref="E6:E27" si="0">SUM(C6:D6)</f>
+        <v>0</v>
+      </c>
+      <c r="F6" s="30"/>
+    </row>
+    <row r="7" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="31"/>
+      <c r="B7" s="8"/>
+      <c r="C7" s="9">
+        <v>0</v>
+      </c>
+      <c r="D7" s="9">
+        <v>0</v>
+      </c>
+      <c r="E7" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F7" s="30"/>
+    </row>
+    <row r="8" spans="1:6" ht="56" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="31"/>
+      <c r="B8" s="8"/>
+      <c r="C8" s="9">
+        <v>0</v>
+      </c>
+      <c r="D8" s="9">
+        <v>0</v>
+      </c>
+      <c r="E8" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F8" s="30"/>
+    </row>
+    <row r="9" spans="1:6" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="31"/>
+      <c r="B9" s="8"/>
+      <c r="C9" s="9">
+        <v>0</v>
+      </c>
+      <c r="D9" s="9">
+        <v>0</v>
+      </c>
+      <c r="E9" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F9" s="30"/>
+    </row>
+    <row r="10" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="31"/>
+      <c r="B10" s="8"/>
+      <c r="C10" s="9">
+        <v>0</v>
+      </c>
+      <c r="D10" s="9">
+        <v>0</v>
+      </c>
+      <c r="E10" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F10" s="30"/>
+    </row>
+    <row r="11" spans="1:6" ht="56.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="31"/>
+      <c r="B11" s="8"/>
+      <c r="C11" s="9">
+        <v>0</v>
+      </c>
+      <c r="D11" s="9">
+        <v>0</v>
+      </c>
+      <c r="E11" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F11" s="30"/>
+    </row>
+    <row r="12" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="31"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="9">
+        <v>0</v>
+      </c>
+      <c r="D12" s="9">
+        <v>0</v>
+      </c>
+      <c r="E12" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F12" s="30"/>
+    </row>
+    <row r="13" spans="1:6" ht="59" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="31"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="9">
+        <v>0</v>
+      </c>
+      <c r="D13" s="9">
+        <v>0</v>
+      </c>
+      <c r="E13" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F13" s="30"/>
+    </row>
+    <row r="14" spans="1:6" ht="57.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="31"/>
+      <c r="B14" s="8"/>
+      <c r="C14" s="9">
+        <v>0</v>
+      </c>
+      <c r="D14" s="9">
+        <v>0</v>
+      </c>
+      <c r="E14" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F14" s="30"/>
+    </row>
+    <row r="15" spans="1:6" ht="56.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="31"/>
+      <c r="B15" s="8"/>
+      <c r="C15" s="9">
+        <v>0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>0</v>
+      </c>
+      <c r="E15" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F15" s="30"/>
+    </row>
+    <row r="16" spans="1:6" ht="56" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="31"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="9">
+        <v>0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>0</v>
+      </c>
+      <c r="E16" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F16" s="30"/>
+    </row>
+    <row r="17" spans="1:6" ht="58" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="31"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="9">
+        <v>0</v>
+      </c>
+      <c r="D17" s="9">
+        <v>0</v>
+      </c>
+      <c r="E17" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F17" s="30"/>
+    </row>
+    <row r="18" spans="1:6" ht="57.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="31"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="9">
+        <v>0</v>
+      </c>
+      <c r="D18" s="9">
+        <v>0</v>
+      </c>
+      <c r="E18" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F18" s="30"/>
+    </row>
+    <row r="19" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="31"/>
+      <c r="B19" s="8"/>
+      <c r="C19" s="9">
+        <v>0</v>
+      </c>
+      <c r="D19" s="9">
+        <v>0</v>
+      </c>
+      <c r="E19" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F19" s="30"/>
+    </row>
+    <row r="20" spans="1:6" ht="56.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="31"/>
+      <c r="B20" s="8"/>
+      <c r="C20" s="9">
+        <v>0</v>
+      </c>
+      <c r="D20" s="9">
+        <v>0</v>
+      </c>
+      <c r="E20" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F20" s="30"/>
+    </row>
+    <row r="21" spans="1:6" ht="56" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="31"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="9">
+        <v>0</v>
+      </c>
+      <c r="D21" s="9">
+        <v>0</v>
+      </c>
+      <c r="E21" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F21" s="30"/>
+    </row>
+    <row r="22" spans="1:6" ht="58" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="32"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="9">
+        <v>0</v>
+      </c>
+      <c r="D22" s="9">
+        <v>0</v>
+      </c>
+      <c r="E22" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F22" s="30"/>
+    </row>
+    <row r="23" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="32"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="9">
+        <v>0</v>
+      </c>
+      <c r="D23" s="9">
+        <v>0</v>
+      </c>
+      <c r="E23" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F23" s="30"/>
+    </row>
+    <row r="24" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="32"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="9">
+        <v>0</v>
+      </c>
+      <c r="D24" s="9">
+        <v>0</v>
+      </c>
+      <c r="E24" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F24" s="30"/>
+    </row>
+    <row r="25" spans="1:6" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="32"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="9">
+        <v>0</v>
+      </c>
+      <c r="D25" s="9">
+        <v>0</v>
+      </c>
+      <c r="E25" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F25" s="30"/>
+    </row>
+    <row r="26" spans="1:6" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="32"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="9">
+        <v>0</v>
+      </c>
+      <c r="D26" s="9">
+        <v>0</v>
+      </c>
+      <c r="E26" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F26" s="30"/>
+    </row>
+    <row r="27" spans="1:6" ht="27.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="29" t="s">
+        <v>2</v>
+      </c>
+      <c r="B27" s="10"/>
+      <c r="C27" s="12">
+        <f>SUM(C5:C26)</f>
+        <v>0</v>
+      </c>
+      <c r="D27" s="12">
+        <f>SUM(D5:D26)</f>
+        <v>0</v>
+      </c>
+      <c r="E27" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F27" s="17"/>
+    </row>
+    <row r="28" spans="1:6" ht="26" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="67" t="s">
+        <v>41</v>
+      </c>
+      <c r="B28" s="67"/>
+      <c r="C28" s="67"/>
+      <c r="D28" s="67"/>
+      <c r="E28" s="67"/>
+      <c r="F28" s="67"/>
+    </row>
+    <row r="29" spans="1:6" ht="15.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="70" t="s">
         <v>28</v>
       </c>
-      <c r="E4" s="31" t="s">
-[...363 lines deleted...]
-      <c r="F29" s="48"/>
+      <c r="B29" s="70"/>
+      <c r="C29" s="70"/>
+      <c r="D29" s="70"/>
+      <c r="E29" s="70"/>
+      <c r="F29" s="70"/>
     </row>
     <row r="30" spans="1:6" ht="13.65" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="48" t="s">
-[...19 lines deleted...]
-      <c r="A32" s="48" t="s">
+      <c r="A30" s="67" t="s">
+        <v>38</v>
+      </c>
+      <c r="B30" s="67"/>
+      <c r="C30" s="67"/>
+      <c r="D30" s="67"/>
+      <c r="E30" s="67"/>
+      <c r="F30" s="67"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A31" s="66" t="s">
+        <v>39</v>
+      </c>
+      <c r="B31" s="66"/>
+      <c r="C31" s="66"/>
+      <c r="D31" s="66"/>
+      <c r="E31" s="66"/>
+      <c r="F31" s="66"/>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="48"/>
-[...23 lines deleted...]
-      <c r="F34" s="38"/>
+      <c r="B32" s="18"/>
+      <c r="C32" s="18"/>
+      <c r="D32" s="18"/>
+      <c r="E32" s="18"/>
+      <c r="F32" s="18"/>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A33" s="18" t="s">
+        <v>42</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7EvDYqHQ05jeYrAEtJyGKA4pACMEYAmzZr5eixLa3ydpbvT2F95HlylaKfgHbg2pRnJK8lmm26ggEIqjD0fBbw==" saltValue="8ciPklrQp2EbLKLoIXmy2w==" spinCount="100000" sheet="1" objects="1" scenarios="1" insertRows="0" selectLockedCells="1"/>
-[...1 lines deleted...]
-    <mergeCell ref="A33:F33"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="jS5VTNvxR+d1gtplTZUCZK0KoQSSnXGOJqwTYnHk7ujmUVYhxzWYc0SVOB4+Rj/AmwWnk6APABC9Gw8BfmB3/w==" saltValue="wkTBkcw4Uesp+UybjIi+7w==" spinCount="100000" sheet="1" objects="1" scenarios="1" insertRows="0" deleteRows="0" selectLockedCells="1"/>
+  <mergeCells count="6">
+    <mergeCell ref="A31:F31"/>
+    <mergeCell ref="A28:F28"/>
     <mergeCell ref="A30:F30"/>
-    <mergeCell ref="A32:F32"/>
     <mergeCell ref="C2:F2"/>
     <mergeCell ref="C3:F3"/>
     <mergeCell ref="A29:F29"/>
-    <mergeCell ref="A31:F31"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A34" r:id="rId1" display="Iowa's DAS In-State Travel Policy" xr:uid="{99BD4B5A-FD1C-4381-B147-979EC5B18B11}"/>
-    <hyperlink ref="A31:F31" r:id="rId2" display="      Value of Volunteer Time" xr:uid="{56F3CCD4-8E17-4242-A3AA-0CB91AA55620}"/>
+    <hyperlink ref="A32" r:id="rId1" display="Iowa's DAS In-State Travel Policy" xr:uid="{99BD4B5A-FD1C-4381-B147-979EC5B18B11}"/>
+    <hyperlink ref="A29:F29" r:id="rId2" display="      Value of Volunteer Time" xr:uid="{56F3CCD4-8E17-4242-A3AA-0CB91AA55620}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="landscape" r:id="rId3"/>
+  <ignoredErrors>
+    <ignoredError sqref="E5:E16 E17:E27 C27:D27" unlockedFormula="1"/>
+  </ignoredErrors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{38300F05-CF4F-4809-B74F-774795DCEF3B}">
           <x14:formula1>
             <xm:f>'Funding Request Type List'!$A$1:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B26</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{182F108B-EE82-43F2-80DE-43E0983EF70C}">
   <dimension ref="A1:A8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:A8"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="72.08984375" style="41" customWidth="1"/>
-    <col min="2" max="16384" width="8.90625" style="41"/>
+    <col min="1" max="1" width="72.08984375" style="14" customWidth="1"/>
+    <col min="2" max="16384" width="8.90625" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="16.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="42" t="s">
-        <v>27</v>
+      <c r="A1" s="15" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A2" s="42" t="s">
+      <c r="A2" s="15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A3" s="15" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A4" s="15" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A3" s="42" t="s">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A5" s="15" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A4" s="42" t="s">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A6" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="A6" s="42" t="s">
+    <row r="7" spans="1:1" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="15" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="7" spans="1:1" ht="16.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-    </row>
     <row r="8" spans="1:1" ht="16.5" x14ac:dyDescent="0.35">
-      <c r="A8" s="42" t="s">
-        <v>30</v>
+      <c r="A8" s="15" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="/Uv+6FYGknIlAW6HJJwaOLX3GklrFHA04+l0qU7rsNW86x1ltHDkd8/JeuDmlbZK0OjCglC25T8vvN7QzXb42w==" saltValue="PiXwYj/mmMdn2iMN7SI/MA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>