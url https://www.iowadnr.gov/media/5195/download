--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -1,1276 +1,1472 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\DNR_AQ_Shared\Emissions Inventory\Forms and Instructions\Spreadsheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8ECF61D7-5573-4192-B940-98B38CD87D8E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DDDDA800-9F16-4646-977F-E2107E432B92}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1215" yWindow="75" windowWidth="17985" windowHeight="8550" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="-105" windowWidth="19425" windowHeight="10305" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Facility Information" sheetId="1" r:id="rId1"/>
     <sheet name="Facility Processes" sheetId="2" r:id="rId2"/>
     <sheet name="Permitted Diesel Engines" sheetId="7" r:id="rId3"/>
     <sheet name="Emission Calculations" sheetId="4" r:id="rId4"/>
     <sheet name="Facility Wide Emissions" sheetId="5" r:id="rId5"/>
     <sheet name="Emission Factors" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="apptype">'Facility Information'!$L$4:$L$5</definedName>
     <definedName name="aptype">'Facility Information'!$L$10:$L$11</definedName>
     <definedName name="CHS">'Facility Processes'!$A$14:$A$18</definedName>
     <definedName name="CHSCon">'Facility Processes'!#REF!</definedName>
     <definedName name="CHSControl">#REF!</definedName>
     <definedName name="CleanHandleStore">#REF!</definedName>
     <definedName name="Combust">'Facility Processes'!#REF!</definedName>
     <definedName name="Combustion">#REF!</definedName>
     <definedName name="Crushing">'Facility Processes'!$A$6:$A$16</definedName>
     <definedName name="Dryer">'Facility Processes'!$A$6:$A$10</definedName>
     <definedName name="Drying">#REF!</definedName>
     <definedName name="Employ">'Facility Information'!$L$7:$L$8</definedName>
     <definedName name="Fuel">'Facility Information'!$K$27:$K$30</definedName>
     <definedName name="FuelTypes">'Facility Information'!$K$27:$K$29</definedName>
     <definedName name="Gen">'Permitted Diesel Engines'!$N$7:$N$8</definedName>
     <definedName name="Generator">'Facility Processes'!$A$61:$A$73</definedName>
     <definedName name="Load">'Facility Processes'!$A$19:$A$20</definedName>
     <definedName name="LoadCon">'Facility Processes'!#REF!</definedName>
     <definedName name="Loading">'Facility Processes'!$A$19:$A$20</definedName>
     <definedName name="Loadout">#REF!</definedName>
     <definedName name="LoadoutControl">#REF!</definedName>
     <definedName name="NoEmploy">'Facility Information'!$K$15:$K$16</definedName>
     <definedName name="Plant">'Facility Information'!$K$35:$K$35</definedName>
     <definedName name="Plants">'Facility Information'!$K$35:$K$36</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Facility Processes'!$B$1:$K$20,'Facility Processes'!$B$22:$K$72</definedName>
     <definedName name="Processes">'Facility Processes'!$A$14:$A$16</definedName>
     <definedName name="Receive">'Facility Processes'!$A$21:$A$21</definedName>
     <definedName name="ReceiveCon">'Facility Processes'!#REF!</definedName>
     <definedName name="ReceiveControl">#REF!</definedName>
     <definedName name="Receiving">#REF!</definedName>
     <definedName name="RoadCon">'Facility Processes'!$A$22</definedName>
     <definedName name="Submit">'Facility Information'!$K$11:$K$12</definedName>
     <definedName name="Type">'Facility Information'!$K$27:$K$33</definedName>
     <definedName name="yesnno">'Facility Processes'!$A$47:$A$48</definedName>
     <definedName name="YesNO">'Facility Processes'!$A$34:$A$48</definedName>
     <definedName name="yn">'Facility Information'!$K$24:$K$25</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A23" i="4" l="1"/>
-  <c r="A9" i="4"/>
+  <c r="H88" i="4" l="1"/>
+  <c r="H27" i="4"/>
+  <c r="H9" i="4"/>
+  <c r="G9" i="4"/>
+  <c r="G27" i="4"/>
+  <c r="H15" i="4"/>
+  <c r="H16" i="4"/>
+  <c r="H17" i="4"/>
+  <c r="H18" i="4"/>
+  <c r="G15" i="4"/>
+  <c r="G16" i="4"/>
+  <c r="G17" i="4"/>
+  <c r="G18" i="4"/>
+  <c r="H14" i="4"/>
+  <c r="F14" i="4"/>
+  <c r="G14" i="4"/>
+  <c r="E14" i="4"/>
+  <c r="H100" i="4" l="1"/>
+  <c r="H101" i="4"/>
+  <c r="H102" i="4"/>
+  <c r="H103" i="4"/>
+  <c r="H99" i="4"/>
+  <c r="F99" i="4"/>
+  <c r="H92" i="4"/>
+  <c r="H89" i="4"/>
+  <c r="H90" i="4"/>
+  <c r="H91" i="4"/>
+  <c r="F88" i="4"/>
+  <c r="H74" i="4"/>
+  <c r="H75" i="4"/>
+  <c r="H76" i="4"/>
+  <c r="H77" i="4"/>
+  <c r="H73" i="4"/>
+  <c r="F73" i="4"/>
+  <c r="G72" i="4"/>
+  <c r="H72" i="4"/>
+  <c r="H71" i="4"/>
+  <c r="G71" i="4"/>
+  <c r="F71" i="4"/>
+  <c r="E71" i="4"/>
+  <c r="H69" i="4"/>
+  <c r="F69" i="4"/>
+  <c r="G69" i="4"/>
+  <c r="E69" i="4"/>
+  <c r="H63" i="4"/>
+  <c r="H64" i="4"/>
+  <c r="H65" i="4"/>
+  <c r="H66" i="4"/>
+  <c r="H62" i="4"/>
+  <c r="F62" i="4"/>
+  <c r="G61" i="4"/>
+  <c r="G60" i="4"/>
+  <c r="E60" i="4"/>
+  <c r="F60" i="4"/>
+  <c r="H61" i="4"/>
+  <c r="H60" i="4"/>
+  <c r="H58" i="4"/>
+  <c r="F58" i="4"/>
+  <c r="G58" i="4"/>
+  <c r="E58" i="4"/>
+  <c r="G42" i="4"/>
+  <c r="H42" i="4"/>
+  <c r="H50" i="4"/>
+  <c r="F50" i="4"/>
+  <c r="G50" i="4"/>
+  <c r="E50" i="4"/>
+  <c r="H52" i="4"/>
+  <c r="H53" i="4"/>
+  <c r="H54" i="4"/>
+  <c r="H55" i="4"/>
+  <c r="H51" i="4"/>
+  <c r="F51" i="4"/>
+  <c r="F42" i="4"/>
+  <c r="E42" i="4"/>
+  <c r="H44" i="4"/>
+  <c r="H45" i="4"/>
+  <c r="H46" i="4"/>
+  <c r="H47" i="4"/>
+  <c r="H43" i="4"/>
+  <c r="F43" i="4"/>
+  <c r="H33" i="4"/>
+  <c r="H34" i="4"/>
+  <c r="H35" i="4"/>
+  <c r="H36" i="4"/>
+  <c r="H32" i="4"/>
+  <c r="F32" i="4"/>
+  <c r="F27" i="4"/>
+  <c r="H26" i="4"/>
+  <c r="F26" i="4"/>
+  <c r="H25" i="4"/>
+  <c r="F25" i="4"/>
+  <c r="H24" i="4"/>
+  <c r="F24" i="4"/>
+  <c r="H23" i="4"/>
+  <c r="F23" i="4"/>
+  <c r="F9" i="4"/>
+  <c r="H8" i="4"/>
+  <c r="H7" i="4"/>
+  <c r="H6" i="4"/>
+  <c r="H5" i="4"/>
+  <c r="F8" i="4"/>
+  <c r="F7" i="4"/>
+  <c r="F6" i="4"/>
+  <c r="F5" i="4"/>
+  <c r="G26" i="4"/>
+  <c r="G25" i="4"/>
+  <c r="G24" i="4"/>
+  <c r="G23" i="4"/>
+  <c r="G7" i="4"/>
+  <c r="G8" i="4"/>
+  <c r="G6" i="4"/>
+  <c r="G5" i="4"/>
+  <c r="E5" i="4"/>
   <c r="A6" i="4" l="1"/>
   <c r="A7" i="4"/>
   <c r="A5" i="4"/>
   <c r="H5" i="2" l="1"/>
   <c r="C6" i="2"/>
-  <c r="A68" i="4" s="1"/>
-  <c r="G68" i="4" s="1"/>
   <c r="C10" i="2"/>
   <c r="A9" i="2"/>
-  <c r="G9" i="2" s="1"/>
-[...6 lines deleted...]
-  <c r="F9" i="4"/>
+  <c r="Q7" i="4"/>
+  <c r="Q6" i="4"/>
   <c r="H13" i="2"/>
+  <c r="C72" i="4"/>
+  <c r="D72" i="4" s="1"/>
   <c r="C71" i="4"/>
   <c r="D71" i="4" s="1"/>
-  <c r="C70" i="4"/>
-  <c r="D70" i="4" s="1"/>
+  <c r="C61" i="4"/>
+  <c r="D61" i="4" s="1"/>
   <c r="C60" i="4"/>
-  <c r="D60" i="4" s="1"/>
-[...1 lines deleted...]
-  <c r="G59" i="4" s="1"/>
+  <c r="I60" i="4" s="1"/>
   <c r="C26" i="4"/>
   <c r="D26" i="4" s="1"/>
   <c r="C25" i="4"/>
-  <c r="G25" i="4" s="1"/>
   <c r="I25" i="4" s="1"/>
+  <c r="K25" i="4" s="1"/>
   <c r="C24" i="4"/>
   <c r="D24" i="4" s="1"/>
-  <c r="O26" i="4"/>
-[...2 lines deleted...]
-  <c r="O8" i="4"/>
+  <c r="Q26" i="4"/>
+  <c r="Q25" i="4"/>
+  <c r="Q24" i="4"/>
+  <c r="Q8" i="4"/>
   <c r="C8" i="4"/>
-  <c r="G8" i="4" s="1"/>
+  <c r="I8" i="4" s="1"/>
   <c r="C7" i="4"/>
   <c r="D7" i="4" s="1"/>
   <c r="C6" i="4"/>
   <c r="D6" i="4" s="1"/>
-  <c r="F70" i="4"/>
-[...5 lines deleted...]
-  <c r="F24" i="4"/>
+  <c r="B71" i="4"/>
+  <c r="B60" i="4"/>
   <c r="E24" i="4"/>
   <c r="B24" i="4"/>
-  <c r="F26" i="4"/>
   <c r="E26" i="4"/>
   <c r="B26" i="4"/>
-  <c r="F71" i="4"/>
-[...5 lines deleted...]
-  <c r="F25" i="4"/>
+  <c r="F72" i="4"/>
+  <c r="E72" i="4"/>
+  <c r="B72" i="4"/>
+  <c r="F61" i="4"/>
+  <c r="E61" i="4"/>
+  <c r="B61" i="4"/>
   <c r="E25" i="4"/>
   <c r="B25" i="4"/>
-  <c r="E58" i="4"/>
-[...3 lines deleted...]
-  <c r="M42" i="4"/>
+  <c r="O69" i="4"/>
+  <c r="O58" i="4"/>
+  <c r="O50" i="4"/>
+  <c r="O42" i="4"/>
   <c r="B6" i="4"/>
   <c r="E6" i="4"/>
-  <c r="F6" i="4"/>
-[...7 lines deleted...]
-  <c r="O29" i="4" s="1"/>
+  <c r="N11" i="4"/>
+  <c r="M11" i="4" s="1"/>
+  <c r="N29" i="4"/>
+  <c r="M29" i="4" s="1"/>
+  <c r="N28" i="4"/>
+  <c r="M28" i="4" s="1"/>
   <c r="C13" i="4"/>
   <c r="D13" i="4" s="1"/>
   <c r="C31" i="4"/>
   <c r="D31" i="4" s="1"/>
   <c r="C12" i="4"/>
   <c r="D12" i="4" s="1"/>
   <c r="C30" i="4"/>
   <c r="D30" i="4" s="1"/>
   <c r="C11" i="4"/>
   <c r="D11" i="4" s="1"/>
   <c r="C29" i="4"/>
   <c r="D29" i="4" s="1"/>
   <c r="C10" i="4"/>
   <c r="D10" i="4" s="1"/>
   <c r="C28" i="4"/>
   <c r="D28" i="4" s="1"/>
   <c r="B13" i="4"/>
   <c r="B31" i="4"/>
   <c r="B12" i="4"/>
   <c r="B30" i="4"/>
   <c r="B11" i="4"/>
   <c r="B29" i="4"/>
   <c r="B10" i="4"/>
   <c r="B28" i="4"/>
   <c r="B9" i="4"/>
   <c r="C9" i="4"/>
-  <c r="G9" i="4" s="1"/>
-[...77 lines deleted...]
-  <c r="B94" i="4"/>
+  <c r="I9" i="4" s="1"/>
+  <c r="L9" i="4" s="1"/>
+  <c r="I62" i="4"/>
+  <c r="E84" i="4"/>
+  <c r="E86" i="4"/>
+  <c r="K107" i="4"/>
+  <c r="K109" i="4"/>
+  <c r="K111" i="4"/>
+  <c r="K113" i="4"/>
+  <c r="K115" i="4"/>
+  <c r="K117" i="4"/>
+  <c r="K119" i="4"/>
+  <c r="K121" i="4"/>
+  <c r="K123" i="4"/>
+  <c r="K125" i="4"/>
+  <c r="K127" i="4"/>
+  <c r="K84" i="4"/>
+  <c r="K86" i="4"/>
+  <c r="J100" i="4"/>
+  <c r="J101" i="4"/>
+  <c r="J102" i="4"/>
+  <c r="J103" i="4"/>
+  <c r="J99" i="4"/>
+  <c r="I100" i="4"/>
+  <c r="I101" i="4"/>
+  <c r="I102" i="4"/>
+  <c r="I103" i="4"/>
+  <c r="Q103" i="4" s="1"/>
+  <c r="I99" i="4"/>
+  <c r="J89" i="4"/>
+  <c r="J90" i="4"/>
+  <c r="J91" i="4"/>
+  <c r="J92" i="4"/>
+  <c r="J88" i="4"/>
+  <c r="I89" i="4"/>
+  <c r="P89" i="4" s="1"/>
+  <c r="I90" i="4"/>
+  <c r="P90" i="4" s="1"/>
+  <c r="I91" i="4"/>
+  <c r="P91" i="4" s="1"/>
+  <c r="I92" i="4"/>
+  <c r="P92" i="4" s="1"/>
+  <c r="I88" i="4"/>
+  <c r="J84" i="4"/>
+  <c r="J86" i="4"/>
+  <c r="J93" i="4"/>
+  <c r="J94" i="4"/>
+  <c r="J96" i="4"/>
+  <c r="J104" i="4"/>
+  <c r="J105" i="4"/>
+  <c r="J107" i="4"/>
+  <c r="J109" i="4"/>
+  <c r="J111" i="4"/>
+  <c r="J113" i="4"/>
+  <c r="J115" i="4"/>
+  <c r="J117" i="4"/>
+  <c r="J119" i="4"/>
+  <c r="J121" i="4"/>
+  <c r="J123" i="4"/>
+  <c r="J125" i="4"/>
+  <c r="J127" i="4"/>
+  <c r="B97" i="4"/>
+  <c r="B95" i="4"/>
   <c r="B5" i="4"/>
-  <c r="A69" i="4"/>
-  <c r="G69" i="4" s="1"/>
   <c r="D68" i="2"/>
-  <c r="D70" i="2"/>
+  <c r="D69" i="2" s="1"/>
   <c r="D67" i="2"/>
-  <c r="G13" i="4"/>
-  <c r="J13" i="4" s="1"/>
+  <c r="I13" i="4" s="1"/>
   <c r="D42" i="2"/>
-  <c r="D43" i="2"/>
+  <c r="D43" i="2" s="1"/>
   <c r="D41" i="2"/>
-  <c r="G11" i="4"/>
-  <c r="H11" i="4" s="1"/>
+  <c r="I29" i="4" s="1"/>
+  <c r="I11" i="4"/>
   <c r="D55" i="2"/>
+  <c r="I30" i="4" s="1"/>
   <c r="D56" i="2"/>
-  <c r="D57" i="2"/>
-[...12 lines deleted...]
-  <c r="G48" i="4"/>
+  <c r="D57" i="2" s="1"/>
+  <c r="N10" i="4"/>
+  <c r="M10" i="4" s="1"/>
+  <c r="Q47" i="4"/>
+  <c r="Q46" i="4"/>
+  <c r="Q45" i="4"/>
+  <c r="Q44" i="4"/>
+  <c r="Q43" i="4"/>
+  <c r="I48" i="4"/>
   <c r="K9" i="7"/>
+  <c r="E74" i="4" s="1"/>
+  <c r="L74" i="4" s="1"/>
   <c r="K10" i="7"/>
+  <c r="E64" i="4" s="1"/>
+  <c r="L64" i="4" s="1"/>
   <c r="K11" i="7"/>
+  <c r="E91" i="4" s="1"/>
   <c r="K12" i="7"/>
+  <c r="E77" i="4" s="1"/>
+  <c r="L77" i="4" s="1"/>
   <c r="K8" i="7"/>
-  <c r="J45" i="4"/>
-[...2 lines deleted...]
-  <c r="J44" i="4"/>
   <c r="M9" i="7"/>
   <c r="M10" i="7"/>
   <c r="M11" i="7"/>
   <c r="M12" i="7"/>
   <c r="M8" i="7"/>
   <c r="C27" i="4"/>
-  <c r="G27" i="4" s="1"/>
-[...2 lines deleted...]
-  <c r="J102" i="4"/>
+  <c r="I27" i="4" s="1"/>
+  <c r="N11" i="7"/>
+  <c r="N10" i="7"/>
+  <c r="L7" i="7"/>
+  <c r="K89" i="4"/>
+  <c r="K90" i="4"/>
+  <c r="K91" i="4"/>
+  <c r="K92" i="4"/>
+  <c r="K88" i="4"/>
+  <c r="K100" i="4"/>
+  <c r="K101" i="4"/>
+  <c r="K102" i="4"/>
+  <c r="K103" i="4"/>
+  <c r="K99" i="4"/>
+  <c r="K74" i="4"/>
+  <c r="K75" i="4"/>
+  <c r="K76" i="4"/>
+  <c r="K77" i="4"/>
+  <c r="K73" i="4"/>
+  <c r="K63" i="4"/>
+  <c r="K64" i="4"/>
+  <c r="K65" i="4"/>
+  <c r="K66" i="4"/>
+  <c r="K62" i="4"/>
+  <c r="K52" i="4"/>
+  <c r="K53" i="4"/>
+  <c r="K54" i="4"/>
+  <c r="K55" i="4"/>
+  <c r="K51" i="4"/>
+  <c r="K44" i="4"/>
+  <c r="K45" i="4"/>
+  <c r="K46" i="4"/>
+  <c r="K47" i="4"/>
+  <c r="K43" i="4"/>
+  <c r="K32" i="4"/>
   <c r="J74" i="4"/>
   <c r="J75" i="4"/>
   <c r="J76" i="4"/>
+  <c r="J77" i="4"/>
+  <c r="J73" i="4"/>
   <c r="J63" i="4"/>
   <c r="J64" i="4"/>
   <c r="J65" i="4"/>
+  <c r="J66" i="4"/>
+  <c r="J62" i="4"/>
+  <c r="J52" i="4"/>
   <c r="J53" i="4"/>
   <c r="J54" i="4"/>
   <c r="J55" i="4"/>
-  <c r="N11" i="7"/>
-[...11 lines deleted...]
-  <c r="I98" i="4"/>
+  <c r="J51" i="4"/>
+  <c r="J44" i="4"/>
+  <c r="J45" i="4"/>
+  <c r="J46" i="4"/>
+  <c r="J47" i="4"/>
+  <c r="J43" i="4"/>
+  <c r="J32" i="4"/>
+  <c r="Q89" i="4"/>
+  <c r="Q90" i="4"/>
+  <c r="Q92" i="4"/>
+  <c r="Q88" i="4"/>
+  <c r="Q100" i="4"/>
+  <c r="Q101" i="4"/>
+  <c r="Q99" i="4"/>
+  <c r="I74" i="4"/>
+  <c r="Q74" i="4" s="1"/>
+  <c r="I75" i="4"/>
+  <c r="Q75" i="4" s="1"/>
+  <c r="I76" i="4"/>
+  <c r="I77" i="4"/>
   <c r="I73" i="4"/>
-  <c r="I74" i="4"/>
-[...3 lines deleted...]
-  <c r="I62" i="4"/>
   <c r="I63" i="4"/>
+  <c r="Q63" i="4"/>
   <c r="I64" i="4"/>
+  <c r="Q64" i="4" s="1"/>
   <c r="I65" i="4"/>
-  <c r="I61" i="4"/>
+  <c r="Q65" i="4" s="1"/>
+  <c r="I66" i="4"/>
+  <c r="Q66" i="4"/>
+  <c r="Q62" i="4"/>
   <c r="I52" i="4"/>
+  <c r="Q52" i="4" s="1"/>
   <c r="I53" i="4"/>
+  <c r="Q53" i="4" s="1"/>
   <c r="I54" i="4"/>
+  <c r="Q54" i="4"/>
   <c r="I55" i="4"/>
+  <c r="Q55" i="4"/>
   <c r="I51" i="4"/>
+  <c r="Q51" i="4"/>
   <c r="I44" i="4"/>
   <c r="I45" i="4"/>
   <c r="I46" i="4"/>
   <c r="I47" i="4"/>
   <c r="I43" i="4"/>
   <c r="I32" i="4"/>
-  <c r="H73" i="4"/>
-[...86 lines deleted...]
-  <c r="F88" i="4"/>
+  <c r="Q32" i="4"/>
   <c r="F89" i="4"/>
   <c r="F90" i="4"/>
   <c r="F91" i="4"/>
-  <c r="F87" i="4"/>
-  <c r="F99" i="4"/>
+  <c r="F92" i="4"/>
   <c r="F100" i="4"/>
   <c r="F101" i="4"/>
   <c r="F102" i="4"/>
-  <c r="F98" i="4"/>
-  <c r="F73" i="4"/>
+  <c r="F103" i="4"/>
   <c r="F74" i="4"/>
   <c r="F75" i="4"/>
   <c r="F76" i="4"/>
-  <c r="F72" i="4"/>
-  <c r="F62" i="4"/>
+  <c r="F77" i="4"/>
   <c r="F63" i="4"/>
   <c r="F64" i="4"/>
   <c r="F65" i="4"/>
-  <c r="F61" i="4"/>
+  <c r="F66" i="4"/>
   <c r="F52" i="4"/>
   <c r="F53" i="4"/>
   <c r="F54" i="4"/>
   <c r="F55" i="4"/>
-  <c r="F51" i="4"/>
   <c r="F44" i="4"/>
   <c r="F45" i="4"/>
   <c r="F46" i="4"/>
   <c r="F47" i="4"/>
-  <c r="F43" i="4"/>
-[...16 lines deleted...]
-  <c r="E75" i="4"/>
+  <c r="E92" i="4"/>
+  <c r="E103" i="4"/>
+  <c r="L103" i="4" s="1"/>
   <c r="E76" i="4"/>
-  <c r="E72" i="4"/>
-[...4 lines deleted...]
-  <c r="E64" i="4"/>
   <c r="E65" i="4"/>
-  <c r="E61" i="4"/>
-[...10 lines deleted...]
-  <c r="E46" i="4"/>
+  <c r="L65" i="4" s="1"/>
   <c r="E47" i="4"/>
-  <c r="E32" i="4"/>
-[...1 lines deleted...]
-  <c r="D88" i="4"/>
   <c r="D89" i="4"/>
   <c r="D90" i="4"/>
   <c r="D91" i="4"/>
-  <c r="D87" i="4"/>
-  <c r="D99" i="4"/>
+  <c r="D92" i="4"/>
+  <c r="D88" i="4"/>
   <c r="D100" i="4"/>
   <c r="D101" i="4"/>
   <c r="D102" i="4"/>
-  <c r="D98" i="4"/>
-  <c r="D73" i="4"/>
+  <c r="D103" i="4"/>
+  <c r="D99" i="4"/>
   <c r="D74" i="4"/>
   <c r="D75" i="4"/>
   <c r="D76" i="4"/>
-  <c r="D72" i="4"/>
-  <c r="D62" i="4"/>
+  <c r="D77" i="4"/>
+  <c r="D73" i="4"/>
   <c r="D63" i="4"/>
   <c r="D64" i="4"/>
   <c r="D65" i="4"/>
-  <c r="D61" i="4"/>
+  <c r="D66" i="4"/>
+  <c r="D62" i="4"/>
   <c r="D52" i="4"/>
   <c r="D53" i="4"/>
   <c r="D54" i="4"/>
   <c r="D55" i="4"/>
   <c r="D51" i="4"/>
   <c r="D44" i="4"/>
   <c r="D45" i="4"/>
   <c r="D46" i="4"/>
   <c r="D47" i="4"/>
   <c r="D43" i="4"/>
   <c r="D32" i="4"/>
-  <c r="C88" i="4"/>
   <c r="C89" i="4"/>
   <c r="C90" i="4"/>
   <c r="C91" i="4"/>
-  <c r="C87" i="4"/>
-  <c r="C99" i="4"/>
+  <c r="C92" i="4"/>
+  <c r="C88" i="4"/>
   <c r="C100" i="4"/>
   <c r="C101" i="4"/>
   <c r="C102" i="4"/>
-  <c r="C98" i="4"/>
-  <c r="C73" i="4"/>
+  <c r="C103" i="4"/>
+  <c r="C99" i="4"/>
   <c r="C74" i="4"/>
   <c r="C75" i="4"/>
   <c r="C76" i="4"/>
-  <c r="C72" i="4"/>
-  <c r="C62" i="4"/>
+  <c r="C77" i="4"/>
+  <c r="C73" i="4"/>
   <c r="C63" i="4"/>
   <c r="C64" i="4"/>
   <c r="C65" i="4"/>
-  <c r="C61" i="4"/>
+  <c r="C66" i="4"/>
+  <c r="C62" i="4"/>
   <c r="C52" i="4"/>
   <c r="C53" i="4"/>
   <c r="C54" i="4"/>
   <c r="C55" i="4"/>
   <c r="C51" i="4"/>
   <c r="C44" i="4"/>
   <c r="C45" i="4"/>
   <c r="C46" i="4"/>
   <c r="C47" i="4"/>
   <c r="C43" i="4"/>
   <c r="C32" i="4"/>
-  <c r="B88" i="4"/>
   <c r="B89" i="4"/>
   <c r="B90" i="4"/>
   <c r="B91" i="4"/>
-  <c r="B87" i="4"/>
-  <c r="B99" i="4"/>
+  <c r="B92" i="4"/>
+  <c r="B88" i="4"/>
   <c r="B100" i="4"/>
   <c r="B101" i="4"/>
   <c r="B102" i="4"/>
-  <c r="B98" i="4"/>
-  <c r="B73" i="4"/>
+  <c r="B103" i="4"/>
+  <c r="B99" i="4"/>
   <c r="B74" i="4"/>
   <c r="B75" i="4"/>
   <c r="B76" i="4"/>
-  <c r="B72" i="4"/>
-  <c r="B62" i="4"/>
+  <c r="B77" i="4"/>
+  <c r="B73" i="4"/>
   <c r="B63" i="4"/>
   <c r="B64" i="4"/>
   <c r="B65" i="4"/>
-  <c r="B61" i="4"/>
+  <c r="B66" i="4"/>
+  <c r="B62" i="4"/>
   <c r="B52" i="4"/>
   <c r="B53" i="4"/>
   <c r="B54" i="4"/>
   <c r="B55" i="4"/>
   <c r="B51" i="4"/>
   <c r="B44" i="4"/>
   <c r="B45" i="4"/>
   <c r="B46" i="4"/>
   <c r="B47" i="4"/>
   <c r="B43" i="4"/>
   <c r="B32" i="4"/>
   <c r="D14" i="4"/>
-  <c r="G15" i="4"/>
-  <c r="N15" i="4" s="1"/>
+  <c r="I15" i="4"/>
+  <c r="K33" i="4"/>
+  <c r="K34" i="4"/>
+  <c r="K35" i="4"/>
+  <c r="K36" i="4"/>
+  <c r="K14" i="4"/>
+  <c r="J33" i="4"/>
+  <c r="J34" i="4"/>
+  <c r="J35" i="4"/>
+  <c r="J36" i="4"/>
+  <c r="J14" i="4"/>
   <c r="I33" i="4"/>
+  <c r="Q33" i="4" s="1"/>
   <c r="I34" i="4"/>
+  <c r="Q34" i="4" s="1"/>
   <c r="I35" i="4"/>
+  <c r="Q35" i="4"/>
   <c r="I36" i="4"/>
+  <c r="Q36" i="4"/>
   <c r="I14" i="4"/>
-  <c r="H33" i="4"/>
-[...18 lines deleted...]
-  <c r="O14" i="4"/>
+  <c r="Q14" i="4"/>
   <c r="F33" i="4"/>
   <c r="F34" i="4"/>
   <c r="F35" i="4"/>
   <c r="F36" i="4"/>
-  <c r="F14" i="4"/>
-[...7 lines deleted...]
-  <c r="E16" i="4"/>
   <c r="E17" i="4"/>
+  <c r="L17" i="4" s="1"/>
   <c r="E18" i="4"/>
-  <c r="E14" i="4"/>
+  <c r="L18" i="4" s="1"/>
+  <c r="L14" i="4"/>
   <c r="D33" i="4"/>
   <c r="D34" i="4"/>
   <c r="D35" i="4"/>
   <c r="D36" i="4"/>
   <c r="C33" i="4"/>
   <c r="C34" i="4"/>
   <c r="C35" i="4"/>
   <c r="C36" i="4"/>
   <c r="C14" i="4"/>
   <c r="B33" i="4"/>
   <c r="B34" i="4"/>
   <c r="B35" i="4"/>
   <c r="B36" i="4"/>
   <c r="B14" i="4"/>
   <c r="B15" i="4"/>
   <c r="B16" i="4"/>
   <c r="B17" i="4"/>
   <c r="B18" i="4"/>
-  <c r="J98" i="4"/>
-[...6 lines deleted...]
-  <c r="I18" i="4"/>
+  <c r="K15" i="4"/>
+  <c r="K16" i="4"/>
+  <c r="K17" i="4"/>
+  <c r="K18" i="4"/>
   <c r="F15" i="4"/>
   <c r="F16" i="4"/>
   <c r="F17" i="4"/>
   <c r="F18" i="4"/>
-  <c r="G16" i="4"/>
-[...8 lines deleted...]
-  <c r="H18" i="4"/>
+  <c r="I16" i="4"/>
+  <c r="I17" i="4"/>
+  <c r="I18" i="4"/>
+  <c r="Q18" i="4" s="1"/>
+  <c r="J15" i="4"/>
+  <c r="J16" i="4"/>
+  <c r="J17" i="4"/>
+  <c r="J18" i="4"/>
   <c r="D15" i="4"/>
   <c r="D16" i="4"/>
   <c r="D17" i="4"/>
   <c r="D18" i="4"/>
   <c r="C15" i="4"/>
   <c r="C16" i="4"/>
   <c r="C17" i="4"/>
   <c r="C18" i="4"/>
-  <c r="F23" i="4"/>
   <c r="E27" i="4"/>
   <c r="E9" i="4"/>
   <c r="E23" i="4"/>
   <c r="B7" i="4"/>
   <c r="B8" i="4"/>
   <c r="B27" i="4"/>
   <c r="B23" i="4"/>
-  <c r="F7" i="4"/>
-  <c r="F8" i="4"/>
   <c r="E7" i="4"/>
   <c r="E8" i="4"/>
   <c r="D29" i="2"/>
-  <c r="D31" i="2"/>
+  <c r="D31" i="2" s="1"/>
   <c r="D28" i="2"/>
+  <c r="I28" i="4" s="1"/>
+  <c r="Q15" i="4"/>
+  <c r="Q16" i="4"/>
+  <c r="D44" i="2"/>
+  <c r="Q27" i="4"/>
+  <c r="P27" i="4"/>
+  <c r="G9" i="2" l="1"/>
+  <c r="G46" i="4"/>
+  <c r="G54" i="4"/>
+  <c r="G91" i="4"/>
+  <c r="G65" i="4"/>
+  <c r="G102" i="4"/>
+  <c r="G76" i="4"/>
+  <c r="G35" i="4"/>
+  <c r="G64" i="4"/>
+  <c r="G45" i="4"/>
+  <c r="G34" i="4"/>
+  <c r="G75" i="4"/>
+  <c r="G101" i="4"/>
+  <c r="G53" i="4"/>
+  <c r="G90" i="4"/>
+  <c r="G74" i="4"/>
+  <c r="G63" i="4"/>
+  <c r="G89" i="4"/>
+  <c r="G44" i="4"/>
+  <c r="G100" i="4"/>
+  <c r="G33" i="4"/>
+  <c r="G52" i="4"/>
+  <c r="G73" i="4"/>
+  <c r="G88" i="4"/>
+  <c r="G43" i="4"/>
+  <c r="G32" i="4"/>
+  <c r="G51" i="4"/>
+  <c r="G99" i="4"/>
+  <c r="G62" i="4"/>
+  <c r="E55" i="4"/>
+  <c r="L55" i="4" s="1"/>
+  <c r="P55" i="4" s="1"/>
+  <c r="L36" i="4"/>
+  <c r="P36" i="4" s="1"/>
+  <c r="E66" i="4"/>
+  <c r="L66" i="4" s="1"/>
+  <c r="P66" i="4" s="1"/>
+  <c r="L47" i="4"/>
+  <c r="P47" i="4" s="1"/>
+  <c r="E36" i="4"/>
+  <c r="E35" i="4"/>
+  <c r="L35" i="4" s="1"/>
+  <c r="P35" i="4" s="1"/>
+  <c r="E102" i="4"/>
+  <c r="L102" i="4" s="1"/>
+  <c r="E46" i="4"/>
+  <c r="E54" i="4"/>
+  <c r="L54" i="4" s="1"/>
+  <c r="P54" i="4" s="1"/>
+  <c r="L76" i="4"/>
+  <c r="P76" i="4" s="1"/>
+  <c r="E34" i="4"/>
+  <c r="L34" i="4" s="1"/>
+  <c r="E101" i="4"/>
+  <c r="L101" i="4" s="1"/>
+  <c r="P101" i="4" s="1"/>
+  <c r="E15" i="4"/>
+  <c r="L15" i="4" s="1"/>
+  <c r="E52" i="4"/>
+  <c r="L52" i="4" s="1"/>
+  <c r="E63" i="4"/>
+  <c r="L63" i="4" s="1"/>
+  <c r="E100" i="4"/>
+  <c r="L100" i="4" s="1"/>
+  <c r="P100" i="4" s="1"/>
+  <c r="E33" i="4"/>
+  <c r="L33" i="4" s="1"/>
+  <c r="E44" i="4"/>
+  <c r="L44" i="4" s="1"/>
+  <c r="P44" i="4" s="1"/>
+  <c r="E89" i="4"/>
+  <c r="E43" i="4"/>
+  <c r="L43" i="4" s="1"/>
+  <c r="E62" i="4"/>
+  <c r="L62" i="4" s="1"/>
+  <c r="E99" i="4"/>
+  <c r="L99" i="4" s="1"/>
+  <c r="E32" i="4"/>
+  <c r="L32" i="4" s="1"/>
+  <c r="E88" i="4"/>
+  <c r="L88" i="4" s="1"/>
+  <c r="E51" i="4"/>
+  <c r="L51" i="4" s="1"/>
+  <c r="E73" i="4"/>
+  <c r="L73" i="4" s="1"/>
+  <c r="P73" i="4" s="1"/>
+  <c r="G55" i="4"/>
+  <c r="G36" i="4"/>
+  <c r="G103" i="4"/>
+  <c r="G66" i="4"/>
+  <c r="G92" i="4"/>
+  <c r="G47" i="4"/>
+  <c r="G77" i="4"/>
+  <c r="P18" i="4"/>
+  <c r="P77" i="4"/>
+  <c r="P103" i="4"/>
+  <c r="Q77" i="4"/>
+  <c r="P17" i="4"/>
+  <c r="Q76" i="4"/>
+  <c r="P102" i="4"/>
+  <c r="Q91" i="4"/>
+  <c r="L46" i="4"/>
+  <c r="P46" i="4" s="1"/>
+  <c r="P65" i="4"/>
+  <c r="Q17" i="4"/>
+  <c r="Q102" i="4"/>
+  <c r="E16" i="4"/>
+  <c r="L16" i="4" s="1"/>
+  <c r="P16" i="4" s="1"/>
+  <c r="E75" i="4"/>
+  <c r="L75" i="4" s="1"/>
+  <c r="E53" i="4"/>
+  <c r="L53" i="4" s="1"/>
+  <c r="P53" i="4" s="1"/>
+  <c r="E45" i="4"/>
+  <c r="L45" i="4" s="1"/>
+  <c r="P45" i="4" s="1"/>
+  <c r="E90" i="4"/>
+  <c r="P64" i="4"/>
+  <c r="P75" i="4"/>
+  <c r="P34" i="4"/>
+  <c r="P33" i="4"/>
+  <c r="P52" i="4"/>
+  <c r="P15" i="4"/>
+  <c r="P63" i="4"/>
+  <c r="P74" i="4"/>
+  <c r="P14" i="4"/>
+  <c r="P99" i="4"/>
+  <c r="P62" i="4"/>
+  <c r="P32" i="4"/>
+  <c r="P51" i="4"/>
+  <c r="P43" i="4"/>
+  <c r="Q73" i="4"/>
+  <c r="P88" i="4"/>
+  <c r="D70" i="2"/>
+  <c r="G13" i="4" s="1"/>
+  <c r="E13" i="4"/>
+  <c r="H13" i="4"/>
+  <c r="I31" i="4"/>
+  <c r="P31" i="4" s="1"/>
+  <c r="L31" i="4" s="1"/>
+  <c r="E30" i="4"/>
+  <c r="H30" i="4"/>
+  <c r="I12" i="4"/>
+  <c r="D58" i="2"/>
+  <c r="G30" i="4" s="1"/>
+  <c r="J11" i="4"/>
+  <c r="G11" i="4"/>
+  <c r="E11" i="4"/>
+  <c r="H11" i="4"/>
+  <c r="Q29" i="4"/>
+  <c r="H29" i="4"/>
+  <c r="G29" i="4"/>
+  <c r="I10" i="4"/>
+  <c r="Q10" i="4" s="1"/>
+  <c r="J10" i="4"/>
+  <c r="G10" i="4" s="1"/>
+  <c r="F10" i="4"/>
+  <c r="H10" i="4"/>
+  <c r="F28" i="4"/>
   <c r="G28" i="4"/>
-  <c r="F28" i="4" s="1"/>
-[...13 lines deleted...]
-  <c r="O27" i="4"/>
+  <c r="H28" i="4"/>
+  <c r="D30" i="2"/>
+  <c r="E10" i="4" s="1"/>
+  <c r="Q9" i="4"/>
+  <c r="P9" i="4"/>
+  <c r="P25" i="4"/>
+  <c r="A98" i="4"/>
+  <c r="I98" i="4" s="1"/>
+  <c r="A59" i="4"/>
+  <c r="I59" i="4" s="1"/>
+  <c r="A70" i="4"/>
+  <c r="I70" i="4" s="1"/>
+  <c r="H70" i="4" s="1"/>
+  <c r="A69" i="4"/>
+  <c r="I69" i="4" s="1"/>
+  <c r="Q69" i="4" s="1"/>
+  <c r="A9" i="4"/>
+  <c r="I5" i="4" s="1"/>
+  <c r="A23" i="4"/>
+  <c r="I23" i="4" s="1"/>
+  <c r="A112" i="4"/>
+  <c r="I112" i="4" s="1"/>
+  <c r="H112" i="4" s="1"/>
+  <c r="A42" i="4"/>
+  <c r="A116" i="4"/>
+  <c r="I116" i="4" s="1"/>
+  <c r="H116" i="4" s="1"/>
+  <c r="A97" i="4"/>
+  <c r="I97" i="4" s="1"/>
+  <c r="H97" i="4" s="1"/>
+  <c r="A122" i="4"/>
+  <c r="I122" i="4" s="1"/>
+  <c r="H122" i="4" s="1"/>
+  <c r="A118" i="4"/>
+  <c r="I118" i="4" s="1"/>
+  <c r="H118" i="4" s="1"/>
+  <c r="A110" i="4"/>
+  <c r="I110" i="4" s="1"/>
+  <c r="F110" i="4" s="1"/>
+  <c r="A120" i="4"/>
+  <c r="I120" i="4" s="1"/>
+  <c r="H120" i="4" s="1"/>
+  <c r="A58" i="4"/>
+  <c r="A50" i="4"/>
+  <c r="A114" i="4"/>
+  <c r="I114" i="4" s="1"/>
+  <c r="H114" i="4" s="1"/>
+  <c r="A83" i="4"/>
+  <c r="I83" i="4" s="1"/>
+  <c r="H83" i="4" s="1"/>
+  <c r="A108" i="4"/>
+  <c r="I108" i="4" s="1"/>
+  <c r="H108" i="4" s="1"/>
+  <c r="A128" i="4"/>
+  <c r="I128" i="4" s="1"/>
+  <c r="H128" i="4" s="1"/>
+  <c r="A106" i="4"/>
+  <c r="I106" i="4" s="1"/>
+  <c r="H106" i="4" s="1"/>
+  <c r="A95" i="4"/>
+  <c r="I95" i="4" s="1"/>
+  <c r="H95" i="4" s="1"/>
+  <c r="A87" i="4"/>
+  <c r="I87" i="4" s="1"/>
+  <c r="H87" i="4" s="1"/>
+  <c r="A126" i="4"/>
+  <c r="I126" i="4" s="1"/>
+  <c r="H126" i="4" s="1"/>
+  <c r="A85" i="4"/>
+  <c r="I85" i="4" s="1"/>
+  <c r="H85" i="4" s="1"/>
+  <c r="A124" i="4"/>
+  <c r="I124" i="4" s="1"/>
+  <c r="H124" i="4" s="1"/>
+  <c r="Q11" i="4"/>
+  <c r="I71" i="4"/>
+  <c r="K71" i="4" s="1"/>
+  <c r="H9" i="2"/>
+  <c r="I24" i="4"/>
+  <c r="P11" i="4"/>
+  <c r="I72" i="4"/>
+  <c r="J72" i="4" s="1"/>
+  <c r="L11" i="4"/>
+  <c r="J13" i="4"/>
+  <c r="I6" i="4"/>
+  <c r="K6" i="4" s="1"/>
+  <c r="F11" i="4"/>
+  <c r="K11" i="4"/>
+  <c r="P13" i="4"/>
+  <c r="L13" i="4" s="1"/>
+  <c r="O11" i="4"/>
+  <c r="K29" i="4"/>
+  <c r="I26" i="4"/>
+  <c r="D60" i="4"/>
+  <c r="F30" i="4"/>
+  <c r="D9" i="4"/>
+  <c r="L27" i="4"/>
+  <c r="J27" i="4"/>
+  <c r="K30" i="4"/>
+  <c r="D27" i="4"/>
+  <c r="J30" i="4"/>
+  <c r="I7" i="4"/>
+  <c r="J7" i="4" s="1"/>
+  <c r="D25" i="4"/>
+  <c r="P30" i="4"/>
+  <c r="L30" i="4" s="1"/>
+  <c r="J60" i="4"/>
+  <c r="Q60" i="4"/>
+  <c r="L60" i="4"/>
+  <c r="P60" i="4"/>
+  <c r="K60" i="4"/>
+  <c r="J8" i="4"/>
+  <c r="K8" i="4"/>
+  <c r="P8" i="4"/>
+  <c r="K10" i="4"/>
+  <c r="J9" i="4"/>
+  <c r="I61" i="4"/>
+  <c r="K27" i="4"/>
+  <c r="L29" i="4"/>
+  <c r="K13" i="4"/>
+  <c r="J28" i="4"/>
+  <c r="D8" i="4"/>
+  <c r="P29" i="4"/>
+  <c r="O29" i="4" s="1"/>
+  <c r="K28" i="4"/>
+  <c r="J29" i="4"/>
+  <c r="F29" i="4"/>
+  <c r="E29" i="4"/>
+  <c r="F13" i="4"/>
+  <c r="Q28" i="4"/>
+  <c r="K9" i="4"/>
+  <c r="J25" i="4"/>
+  <c r="L25" i="4"/>
+  <c r="B98" i="4"/>
+  <c r="Q98" i="4"/>
+  <c r="L8" i="4"/>
+  <c r="C5" i="4"/>
+  <c r="C70" i="4"/>
+  <c r="J70" i="4" s="1"/>
+  <c r="B70" i="4"/>
+  <c r="D70" i="4"/>
+  <c r="D5" i="4"/>
+  <c r="C23" i="4"/>
+  <c r="D23" i="4"/>
+  <c r="Q70" i="4" l="1"/>
+  <c r="F31" i="4"/>
+  <c r="H59" i="4"/>
+  <c r="G59" i="4"/>
+  <c r="E59" i="4"/>
+  <c r="F59" i="4"/>
+  <c r="E110" i="4"/>
+  <c r="H110" i="4"/>
+  <c r="C110" i="4"/>
+  <c r="Q31" i="4"/>
+  <c r="K31" i="4"/>
+  <c r="Q13" i="4"/>
+  <c r="J31" i="4"/>
+  <c r="H31" i="4"/>
   <c r="G31" i="4"/>
-  <c r="H31" i="4" s="1"/>
-[...16 lines deleted...]
-  <c r="N115" i="4" s="1"/>
+  <c r="E31" i="4"/>
+  <c r="Q12" i="4"/>
+  <c r="G12" i="4"/>
+  <c r="E12" i="4"/>
+  <c r="H12" i="4"/>
+  <c r="F12" i="4"/>
+  <c r="Q30" i="4"/>
+  <c r="J12" i="4"/>
+  <c r="K12" i="4"/>
+  <c r="P12" i="4"/>
+  <c r="L12" i="4" s="1"/>
+  <c r="P10" i="4"/>
+  <c r="P28" i="4"/>
+  <c r="E28" i="4"/>
+  <c r="J26" i="4"/>
+  <c r="P26" i="4"/>
+  <c r="L24" i="4"/>
+  <c r="P24" i="4"/>
+  <c r="F70" i="4"/>
+  <c r="G70" i="4"/>
+  <c r="E70" i="4"/>
+  <c r="L70" i="4" s="1"/>
+  <c r="C59" i="4"/>
+  <c r="K59" i="4" s="1"/>
+  <c r="D59" i="4"/>
+  <c r="B59" i="4"/>
+  <c r="J59" i="4"/>
+  <c r="Q59" i="4"/>
+  <c r="H98" i="4"/>
+  <c r="F98" i="4"/>
+  <c r="G98" i="4"/>
+  <c r="E98" i="4"/>
+  <c r="P98" i="4" s="1"/>
+  <c r="C98" i="4"/>
+  <c r="J98" i="4" s="1"/>
+  <c r="D98" i="4"/>
+  <c r="J87" i="4"/>
+  <c r="G87" i="4"/>
+  <c r="C106" i="4"/>
+  <c r="G106" i="4"/>
+  <c r="Q108" i="4"/>
+  <c r="D44" i="5" s="1"/>
+  <c r="G108" i="4"/>
+  <c r="F122" i="4"/>
+  <c r="G122" i="4"/>
+  <c r="B124" i="4"/>
+  <c r="G124" i="4"/>
+  <c r="G83" i="4"/>
+  <c r="E83" i="4"/>
+  <c r="L83" i="4" s="1"/>
+  <c r="F83" i="4"/>
+  <c r="J97" i="4"/>
+  <c r="G97" i="4"/>
+  <c r="C95" i="4"/>
+  <c r="K95" i="4" s="1"/>
+  <c r="G95" i="4"/>
+  <c r="E85" i="4"/>
+  <c r="G85" i="4"/>
+  <c r="F114" i="4"/>
+  <c r="G114" i="4"/>
+  <c r="E116" i="4"/>
+  <c r="P116" i="4" s="1"/>
   <c r="D21" i="5" s="1"/>
   <c r="F21" i="5" s="1"/>
-  <c r="A96" i="4"/>
-[...148 lines deleted...]
-  <c r="N111" i="4"/>
+  <c r="G116" i="4"/>
+  <c r="F112" i="4"/>
+  <c r="G112" i="4"/>
+  <c r="F126" i="4"/>
+  <c r="G126" i="4"/>
+  <c r="F120" i="4"/>
+  <c r="G120" i="4"/>
+  <c r="D110" i="4"/>
+  <c r="G110" i="4"/>
+  <c r="E128" i="4"/>
+  <c r="G128" i="4"/>
+  <c r="C118" i="4"/>
+  <c r="K118" i="4" s="1"/>
+  <c r="G118" i="4"/>
+  <c r="B69" i="4"/>
+  <c r="P69" i="4"/>
+  <c r="J69" i="4"/>
+  <c r="Q110" i="4"/>
+  <c r="D45" i="5" s="1"/>
+  <c r="J110" i="4"/>
+  <c r="C69" i="4"/>
+  <c r="D69" i="4" s="1"/>
+  <c r="P110" i="4"/>
+  <c r="D18" i="5" s="1"/>
+  <c r="F18" i="5" s="1"/>
+  <c r="L128" i="4"/>
+  <c r="L69" i="4"/>
+  <c r="L98" i="4"/>
+  <c r="B116" i="4"/>
+  <c r="J116" i="4"/>
+  <c r="C116" i="4"/>
+  <c r="K116" i="4" s="1"/>
+  <c r="D116" i="4"/>
+  <c r="P23" i="4"/>
+  <c r="Q23" i="4"/>
+  <c r="K23" i="4" s="1"/>
+  <c r="J23" i="4"/>
+  <c r="P112" i="4"/>
   <c r="D19" i="5" s="1"/>
   <c r="F19" i="5" s="1"/>
-  <c r="F111" i="4"/>
-[...18 lines deleted...]
-  <c r="O117" i="4"/>
+  <c r="B112" i="4"/>
+  <c r="Q112" i="4"/>
+  <c r="D46" i="5" s="1"/>
+  <c r="Q118" i="4"/>
   <c r="D49" i="5" s="1"/>
-  <c r="C69" i="4"/>
-[...12 lines deleted...]
-  <c r="O127" i="4"/>
+  <c r="C112" i="4"/>
+  <c r="K112" i="4"/>
+  <c r="E112" i="4"/>
+  <c r="J112" i="4"/>
+  <c r="D112" i="4"/>
+  <c r="L112" i="4"/>
+  <c r="B118" i="4"/>
+  <c r="Q128" i="4"/>
   <c r="D54" i="5" s="1"/>
-  <c r="I97" i="4"/>
-[...4 lines deleted...]
-  <c r="H109" i="4"/>
+  <c r="L110" i="4"/>
   <c r="D97" i="4"/>
-  <c r="N109" i="4"/>
-[...10 lines deleted...]
-  <c r="N56" i="4" s="1"/>
+  <c r="E97" i="4"/>
+  <c r="L97" i="4" s="1"/>
+  <c r="Q97" i="4"/>
+  <c r="Q104" i="4" s="1"/>
+  <c r="D42" i="5" s="1"/>
+  <c r="I50" i="4"/>
+  <c r="P50" i="4" s="1"/>
+  <c r="P56" i="4" s="1"/>
   <c r="D8" i="5" s="1"/>
   <c r="F8" i="5" s="1"/>
-  <c r="F96" i="4"/>
-[...11 lines deleted...]
-  <c r="N121" i="4"/>
+  <c r="F97" i="4"/>
+  <c r="C97" i="4"/>
+  <c r="K97" i="4" s="1"/>
+  <c r="I58" i="4"/>
+  <c r="J58" i="4" s="1"/>
+  <c r="B114" i="4"/>
+  <c r="E122" i="4"/>
+  <c r="L122" i="4" s="1"/>
+  <c r="I42" i="4"/>
+  <c r="J114" i="4"/>
+  <c r="J122" i="4"/>
+  <c r="B122" i="4"/>
+  <c r="K122" i="4"/>
+  <c r="C122" i="4"/>
+  <c r="D122" i="4"/>
+  <c r="Q122" i="4"/>
+  <c r="D51" i="5" s="1"/>
+  <c r="D85" i="4"/>
+  <c r="K70" i="4"/>
+  <c r="F108" i="4"/>
+  <c r="J126" i="4"/>
+  <c r="F116" i="4"/>
+  <c r="K69" i="4"/>
+  <c r="Q116" i="4"/>
+  <c r="D48" i="5" s="1"/>
+  <c r="P85" i="4"/>
+  <c r="D12" i="5" s="1"/>
+  <c r="F12" i="5" s="1"/>
+  <c r="F85" i="4"/>
+  <c r="J118" i="4"/>
+  <c r="B108" i="4"/>
+  <c r="J128" i="4"/>
+  <c r="Q83" i="4"/>
+  <c r="D38" i="5" s="1"/>
+  <c r="K128" i="4"/>
+  <c r="K124" i="4"/>
+  <c r="P128" i="4"/>
+  <c r="D27" i="5" s="1"/>
+  <c r="F27" i="5" s="1"/>
+  <c r="E118" i="4"/>
+  <c r="P118" i="4" s="1"/>
+  <c r="D22" i="5" s="1"/>
+  <c r="F22" i="5" s="1"/>
+  <c r="F118" i="4"/>
+  <c r="Q87" i="4"/>
+  <c r="Q93" i="4" s="1"/>
+  <c r="D40" i="5" s="1"/>
+  <c r="D118" i="4"/>
+  <c r="D87" i="4"/>
+  <c r="B85" i="4"/>
+  <c r="C108" i="4"/>
+  <c r="C124" i="4"/>
+  <c r="Q124" i="4"/>
+  <c r="D52" i="5" s="1"/>
+  <c r="P124" i="4"/>
+  <c r="D25" i="5" s="1"/>
+  <c r="F25" i="5" s="1"/>
+  <c r="L108" i="4"/>
+  <c r="E114" i="4"/>
+  <c r="L114" i="4" s="1"/>
+  <c r="Q126" i="4"/>
+  <c r="D53" i="5" s="1"/>
+  <c r="B126" i="4"/>
+  <c r="P126" i="4"/>
+  <c r="D26" i="5" s="1"/>
+  <c r="F26" i="5" s="1"/>
+  <c r="C114" i="4"/>
+  <c r="K114" i="4" s="1"/>
+  <c r="Q114" i="4"/>
+  <c r="D47" i="5" s="1"/>
+  <c r="J120" i="4"/>
+  <c r="K126" i="4"/>
+  <c r="C120" i="4"/>
+  <c r="D126" i="4"/>
+  <c r="K120" i="4"/>
+  <c r="D114" i="4"/>
+  <c r="C126" i="4"/>
+  <c r="D120" i="4"/>
+  <c r="E120" i="4"/>
+  <c r="P120" i="4" s="1"/>
+  <c r="D23" i="5" s="1"/>
+  <c r="F23" i="5" s="1"/>
+  <c r="E126" i="4"/>
+  <c r="E124" i="4"/>
+  <c r="K110" i="4"/>
+  <c r="B110" i="4"/>
+  <c r="B120" i="4"/>
+  <c r="Q120" i="4"/>
+  <c r="D50" i="5" s="1"/>
+  <c r="L126" i="4"/>
+  <c r="C85" i="4"/>
+  <c r="J85" i="4"/>
+  <c r="E108" i="4"/>
+  <c r="J108" i="4"/>
+  <c r="O23" i="4"/>
+  <c r="D108" i="4"/>
+  <c r="P108" i="4"/>
+  <c r="D17" i="5" s="1"/>
+  <c r="F17" i="5" s="1"/>
+  <c r="K85" i="4"/>
+  <c r="K108" i="4"/>
+  <c r="L85" i="4"/>
+  <c r="Q85" i="4"/>
+  <c r="D39" i="5" s="1"/>
+  <c r="D124" i="4"/>
+  <c r="F128" i="4"/>
+  <c r="C128" i="4"/>
+  <c r="F87" i="4"/>
+  <c r="F124" i="4"/>
+  <c r="B106" i="4"/>
+  <c r="L23" i="4"/>
+  <c r="L124" i="4"/>
+  <c r="E87" i="4"/>
+  <c r="P87" i="4" s="1"/>
+  <c r="P93" i="4" s="1"/>
+  <c r="D13" i="5" s="1"/>
+  <c r="F13" i="5" s="1"/>
+  <c r="B87" i="4"/>
+  <c r="D128" i="4"/>
+  <c r="J124" i="4"/>
+  <c r="F106" i="4"/>
+  <c r="B128" i="4"/>
+  <c r="C87" i="4"/>
+  <c r="K87" i="4" s="1"/>
+  <c r="C83" i="4"/>
+  <c r="K83" i="4" s="1"/>
+  <c r="Q106" i="4"/>
+  <c r="D43" i="5" s="1"/>
+  <c r="D106" i="4"/>
+  <c r="K106" i="4"/>
+  <c r="J106" i="4"/>
+  <c r="B83" i="4"/>
+  <c r="E106" i="4"/>
+  <c r="L106" i="4" s="1"/>
+  <c r="J83" i="4"/>
+  <c r="D83" i="4"/>
+  <c r="Q95" i="4"/>
+  <c r="D41" i="5" s="1"/>
+  <c r="F95" i="4"/>
+  <c r="J95" i="4"/>
+  <c r="E95" i="4"/>
+  <c r="P95" i="4" s="1"/>
+  <c r="D14" i="5" s="1"/>
+  <c r="D95" i="4"/>
+  <c r="Q71" i="4"/>
+  <c r="P71" i="4"/>
+  <c r="J71" i="4"/>
+  <c r="L71" i="4"/>
+  <c r="J24" i="4"/>
+  <c r="K24" i="4"/>
+  <c r="P72" i="4"/>
+  <c r="L6" i="4"/>
+  <c r="J6" i="4"/>
+  <c r="K72" i="4"/>
+  <c r="Q72" i="4"/>
+  <c r="L72" i="4"/>
+  <c r="P6" i="4"/>
+  <c r="L26" i="4"/>
+  <c r="K26" i="4"/>
+  <c r="L7" i="4"/>
+  <c r="P7" i="4"/>
+  <c r="K7" i="4"/>
+  <c r="P61" i="4"/>
+  <c r="Q61" i="4"/>
+  <c r="J61" i="4"/>
+  <c r="L61" i="4"/>
+  <c r="K61" i="4"/>
+  <c r="L120" i="4" l="1"/>
+  <c r="P106" i="4"/>
+  <c r="D16" i="5" s="1"/>
+  <c r="F16" i="5" s="1"/>
+  <c r="P122" i="4"/>
   <c r="D24" i="5" s="1"/>
   <c r="F24" i="5" s="1"/>
-  <c r="I121" i="4"/>
-[...36 lines deleted...]
-  <c r="F22" i="5" s="1"/>
+  <c r="P37" i="4"/>
+  <c r="D6" i="5" s="1"/>
+  <c r="F6" i="5" s="1"/>
+  <c r="O28" i="4"/>
+  <c r="L28" i="4"/>
+  <c r="L10" i="4"/>
+  <c r="O10" i="4"/>
+  <c r="P70" i="4"/>
+  <c r="P78" i="4" s="1"/>
+  <c r="D10" i="5" s="1"/>
+  <c r="F10" i="5" s="1"/>
+  <c r="P83" i="4"/>
+  <c r="D11" i="5" s="1"/>
+  <c r="F11" i="5" s="1"/>
+  <c r="L116" i="4"/>
+  <c r="L87" i="4"/>
+  <c r="K98" i="4"/>
+  <c r="F48" i="5"/>
+  <c r="F45" i="5"/>
+  <c r="Q37" i="4"/>
+  <c r="D33" i="5" s="1"/>
+  <c r="P97" i="4"/>
+  <c r="P104" i="4" s="1"/>
+  <c r="D15" i="5" s="1"/>
+  <c r="F15" i="5" s="1"/>
+  <c r="Q50" i="4"/>
+  <c r="Q56" i="4" s="1"/>
+  <c r="D35" i="5" s="1"/>
+  <c r="F35" i="5" s="1"/>
   <c r="C50" i="4"/>
   <c r="D50" i="4" s="1"/>
-  <c r="F117" i="4"/>
-[...66 lines deleted...]
-  <c r="D39" i="5" s="1"/>
   <c r="F46" i="5"/>
-  <c r="D123" i="4"/>
-[...82 lines deleted...]
-  <c r="N58" i="4" l="1"/>
+  <c r="Q58" i="4"/>
+  <c r="Q67" i="4" s="1"/>
+  <c r="D36" i="5" s="1"/>
+  <c r="L50" i="4"/>
+  <c r="B50" i="4"/>
+  <c r="P58" i="4"/>
+  <c r="P67" i="4" s="1"/>
+  <c r="D9" i="5" s="1"/>
+  <c r="F9" i="5" s="1"/>
   <c r="B58" i="4"/>
-  <c r="J58" i="4"/>
-[...1 lines deleted...]
-  <c r="H42" i="4"/>
+  <c r="L58" i="4"/>
   <c r="J42" i="4"/>
-  <c r="N42" i="4"/>
-  <c r="N48" i="4" s="1"/>
+  <c r="L42" i="4"/>
+  <c r="P42" i="4"/>
+  <c r="P48" i="4" s="1"/>
   <c r="D7" i="5" s="1"/>
   <c r="F7" i="5" s="1"/>
   <c r="C42" i="4"/>
   <c r="D42" i="4" s="1"/>
   <c r="B42" i="4"/>
   <c r="C58" i="4"/>
   <c r="D58" i="4" s="1"/>
-  <c r="O42" i="4"/>
-  <c r="O48" i="4" s="1"/>
+  <c r="Q42" i="4"/>
+  <c r="Q48" i="4" s="1"/>
   <c r="D34" i="5" s="1"/>
-  <c r="H50" i="4"/>
-[...1 lines deleted...]
-  <c r="N113" i="4"/>
+  <c r="J50" i="4"/>
+  <c r="P114" i="4"/>
   <c r="D20" i="5" s="1"/>
   <c r="F20" i="5" s="1"/>
-  <c r="J117" i="4"/>
+  <c r="L118" i="4"/>
   <c r="F39" i="5"/>
-  <c r="F35" i="5"/>
-[...2 lines deleted...]
-  <c r="I50" i="4"/>
   <c r="F52" i="5"/>
   <c r="F49" i="5"/>
   <c r="F53" i="5"/>
   <c r="F54" i="5"/>
-  <c r="N66" i="4"/>
-[...1 lines deleted...]
-  <c r="F9" i="5" s="1"/>
   <c r="F50" i="5"/>
   <c r="F44" i="5"/>
-  <c r="F43" i="5"/>
-[...1 lines deleted...]
-  <c r="F33" i="5"/>
   <c r="F41" i="5"/>
-  <c r="F38" i="5"/>
   <c r="F40" i="5"/>
   <c r="F14" i="5"/>
-  <c r="J94" i="4"/>
-[...3 lines deleted...]
-  <c r="O77" i="4"/>
+  <c r="L95" i="4"/>
+  <c r="Q78" i="4"/>
   <c r="D37" i="5" s="1"/>
   <c r="D55" i="5"/>
-  <c r="F34" i="5" l="1"/>
+  <c r="F51" i="5" l="1"/>
+  <c r="F43" i="5"/>
+  <c r="F33" i="5"/>
+  <c r="F38" i="5"/>
+  <c r="K58" i="4"/>
+  <c r="F42" i="5"/>
+  <c r="K50" i="4"/>
+  <c r="K42" i="4"/>
+  <c r="F34" i="5"/>
   <c r="F47" i="5"/>
   <c r="D28" i="5"/>
   <c r="F28" i="5" s="1"/>
   <c r="F36" i="5"/>
   <c r="F37" i="5"/>
   <c r="F55" i="5" l="1"/>
+  <c r="L5" i="4"/>
   <c r="J5" i="4"/>
-  <c r="H5" i="4"/>
-  <c r="M5" i="4"/>
   <c r="O5" i="4"/>
-  <c r="I5" i="4" s="1"/>
-[...1 lines deleted...]
-  <c r="N19" i="4" s="1"/>
+  <c r="Q5" i="4"/>
+  <c r="K5" i="4" s="1"/>
+  <c r="P5" i="4"/>
+  <c r="P19" i="4" s="1"/>
   <c r="D5" i="5" s="1"/>
   <c r="F5" i="5" s="1"/>
-  <c r="O19" i="4" l="1"/>
+  <c r="Q19" i="4" l="1"/>
   <c r="D32" i="5" s="1"/>
   <c r="F32" i="5" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Jennifer Wittenburg</author>
   </authors>
   <commentList>
     <comment ref="I25" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Maxiumum amount of material that can be hauled in one year.   </t>
         </r>
       </text>
     </comment>
@@ -1333,51 +1529,51 @@
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Emission Factor is 1.01(S) </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Where S = the sulfur content of the fuel oil. </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="781" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="790" uniqueCount="271">
   <si>
     <t>FACILITY NUMBER:</t>
   </si>
   <si>
     <t>MAILING ADDRESS:</t>
   </si>
   <si>
     <t>FACILITY CONTACT:</t>
   </si>
   <si>
     <t>PHONE NUMBER:</t>
   </si>
   <si>
     <t>FACILITY NAME:</t>
   </si>
   <si>
     <t>SIC CODE:</t>
   </si>
   <si>
     <t>NAICS CODE:</t>
   </si>
   <si>
     <t>ACTIVITY DESCRIPTION:</t>
   </si>
   <si>
@@ -2214,54 +2410,57 @@
   <si>
     <t xml:space="preserve">you are calculating </t>
   </si>
   <si>
     <t>emissions, usually the</t>
   </si>
   <si>
     <t xml:space="preserve"> previous calendar year. </t>
   </si>
   <si>
     <t xml:space="preserve">Enter the year for which </t>
   </si>
   <si>
     <t xml:space="preserve">Note: if your facility has multiple permits for your stationary </t>
   </si>
   <si>
     <t xml:space="preserve">asphalt plant, review the emission limits section of each permit </t>
   </si>
   <si>
     <t>and add all emission limits (lbs/hr and tons/yr) for each pollutant</t>
   </si>
   <si>
     <t xml:space="preserve"> together and enter the sums in the table to the left.</t>
   </si>
   <si>
-    <t>Last Updated 1/16/25</t>
-[...1 lines deleted...]
-  <si>
     <t>542-0247</t>
+  </si>
+  <si>
+    <t>Annual Throughput</t>
+  </si>
+  <si>
+    <t>Last Updated 11/21/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0000"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="0.000000"/>
   </numFmts>
   <fonts count="42" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -2987,924 +3186,686 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="324">
+  <cellXfs count="236">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="4" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="29" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="29" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="18" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...92 lines deleted...]
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="20" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="20" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="29" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="28" fillId="4" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="20" fillId="4" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...51 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...82 lines deleted...]
-    <xf numFmtId="2" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="15">
-[...41 lines deleted...]
-    </dxf>
+  <dxfs count="8">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF99"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF99"/>
@@ -3999,153 +3960,75 @@
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
-      <fill>
-[...80 lines deleted...]
-      </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4456,10341 +4339,10881 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U39"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.28515625" style="6" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="22" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="24.28515625" customWidth="1"/>
+    <col min="2" max="2" width="18.85546875" customWidth="1"/>
+    <col min="3" max="3" width="17.42578125" customWidth="1"/>
+    <col min="4" max="4" width="14.85546875" customWidth="1"/>
+    <col min="5" max="5" width="20.85546875" customWidth="1"/>
+    <col min="6" max="6" width="16.42578125" customWidth="1"/>
+    <col min="7" max="7" width="19.28515625" customWidth="1"/>
+    <col min="8" max="8" width="7" customWidth="1"/>
+    <col min="9" max="9" width="13.140625" customWidth="1"/>
+    <col min="10" max="10" width="5" customWidth="1"/>
+    <col min="11" max="11" width="5.42578125" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="13.7109375" customWidth="1"/>
+    <col min="13" max="13" width="21.7109375" hidden="1" customWidth="1"/>
+    <col min="14" max="14" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="11.42578125" hidden="1" customWidth="1"/>
+    <col min="16" max="17" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="18" max="20" width="9.140625" customWidth="1"/>
+    <col min="21" max="21" width="6.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="314" t="s">
+      <c r="A1" s="37" t="s">
         <v>153</v>
       </c>
-      <c r="B1" s="314"/>
-      <c r="G1" s="320" t="s">
+      <c r="B1" s="37"/>
+      <c r="G1" s="230" t="s">
+        <v>270</v>
+      </c>
+      <c r="H1" t="s">
         <v>268</v>
       </c>
-      <c r="H1" s="6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A2" s="6" t="s">
+      <c r="A2" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A3" s="61"/>
+      <c r="A3" s="49"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A4" s="62" t="s">
+      <c r="A4" s="50" t="s">
         <v>112</v>
       </c>
-      <c r="B4" s="246"/>
-[...3 lines deleted...]
-      <c r="F4" s="307" t="s">
+      <c r="B4" s="181"/>
+      <c r="C4" s="182"/>
+      <c r="D4" s="183"/>
+      <c r="E4" s="154"/>
+      <c r="F4" s="138" t="s">
         <v>52</v>
       </c>
-      <c r="G4" s="209"/>
-[...5 lines deleted...]
-      <c r="M4" s="61"/>
+      <c r="G4" s="149"/>
+      <c r="H4" s="49"/>
+      <c r="I4" s="49"/>
+      <c r="J4" s="49"/>
+      <c r="K4" s="49"/>
+      <c r="L4" s="49"/>
+      <c r="M4" s="49"/>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="223" t="s">
+      <c r="A5" s="161" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="232"/>
-[...3 lines deleted...]
-      <c r="F5" s="308" t="s">
+      <c r="B5" s="169"/>
+      <c r="C5" s="170"/>
+      <c r="D5" s="171"/>
+      <c r="E5" s="180"/>
+      <c r="F5" s="222" t="s">
         <v>37</v>
       </c>
-      <c r="G5" s="15"/>
-      <c r="H5" s="61" t="s">
+      <c r="G5" s="14"/>
+      <c r="H5" s="49" t="s">
         <v>69</v>
       </c>
-      <c r="I5" s="215" t="s">
+      <c r="I5" s="49" t="s">
         <v>263</v>
       </c>
-      <c r="J5" s="190"/>
-[...2 lines deleted...]
-      <c r="M5" s="190"/>
+      <c r="J5" s="135"/>
+      <c r="K5" s="135"/>
+      <c r="L5" s="135"/>
+      <c r="M5" s="135"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A6" s="63" t="s">
+      <c r="A6" s="51" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="210"/>
-[...6 lines deleted...]
-      <c r="I6" s="215" t="s">
+      <c r="B6" s="150"/>
+      <c r="C6" s="155"/>
+      <c r="D6" s="155"/>
+      <c r="E6" s="155"/>
+      <c r="F6" s="182"/>
+      <c r="G6" s="183"/>
+      <c r="H6" s="61"/>
+      <c r="I6" s="49" t="s">
         <v>260</v>
       </c>
-      <c r="J6" s="190"/>
-[...2 lines deleted...]
-      <c r="M6" s="190"/>
+      <c r="J6" s="135"/>
+      <c r="K6" s="135"/>
+      <c r="L6" s="135"/>
+      <c r="M6" s="135"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A7" s="223" t="s">
+      <c r="A7" s="161" t="s">
         <v>38</v>
       </c>
-      <c r="B7" s="210"/>
-[...6 lines deleted...]
-      <c r="I7" s="315" t="s">
+      <c r="B7" s="150"/>
+      <c r="C7" s="155"/>
+      <c r="D7" s="155"/>
+      <c r="E7" s="155"/>
+      <c r="F7" s="182"/>
+      <c r="G7" s="183"/>
+      <c r="H7" s="49"/>
+      <c r="I7" s="62" t="s">
         <v>261</v>
       </c>
-      <c r="J7" s="190"/>
-[...2 lines deleted...]
-      <c r="M7" s="61"/>
+      <c r="J7" s="135"/>
+      <c r="K7" s="49"/>
+      <c r="L7" s="49"/>
+      <c r="M7" s="49"/>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A8" s="63" t="s">
+      <c r="A8" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="B8" s="231"/>
-[...1 lines deleted...]
-      <c r="D8" s="238" t="s">
+      <c r="B8" s="168"/>
+      <c r="C8" s="174"/>
+      <c r="D8" s="175" t="s">
         <v>40</v>
       </c>
-      <c r="E8" s="239" t="s">
+      <c r="E8" s="176" t="s">
         <v>39</v>
       </c>
-      <c r="F8" s="240" t="s">
+      <c r="F8" s="175" t="s">
         <v>43</v>
       </c>
-      <c r="G8" s="241"/>
-[...1 lines deleted...]
-      <c r="I8" s="61" t="s">
+      <c r="G8" s="177"/>
+      <c r="H8" s="49"/>
+      <c r="I8" s="49" t="s">
         <v>262</v>
       </c>
-      <c r="J8" s="61"/>
-[...2 lines deleted...]
-      <c r="M8" s="61"/>
+      <c r="J8" s="49"/>
+      <c r="K8" s="49"/>
+      <c r="L8" s="49"/>
+      <c r="M8" s="49"/>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A9" s="223" t="s">
+      <c r="A9" s="161" t="s">
         <v>1</v>
       </c>
-      <c r="B9" s="210"/>
-[...10 lines deleted...]
-      <c r="M9" s="61"/>
+      <c r="B9" s="150"/>
+      <c r="C9" s="155"/>
+      <c r="D9" s="155"/>
+      <c r="E9" s="155"/>
+      <c r="F9" s="155"/>
+      <c r="G9" s="151"/>
+      <c r="H9" s="49"/>
+      <c r="I9" s="49"/>
+      <c r="J9" s="49"/>
+      <c r="K9" s="49"/>
+      <c r="L9" s="49"/>
+      <c r="M9" s="49"/>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A10" s="63" t="s">
+      <c r="A10" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="B10" s="235"/>
-[...1 lines deleted...]
-      <c r="D10" s="227" t="s">
+      <c r="B10" s="172"/>
+      <c r="C10" s="173"/>
+      <c r="D10" s="165" t="s">
         <v>40</v>
       </c>
-      <c r="E10" s="228"/>
-      <c r="F10" s="229" t="s">
+      <c r="E10" s="166"/>
+      <c r="F10" s="165" t="s">
         <v>43</v>
       </c>
-      <c r="G10" s="230"/>
-[...5 lines deleted...]
-      <c r="M10" s="61"/>
+      <c r="G10" s="167"/>
+      <c r="H10" s="49"/>
+      <c r="I10" s="49"/>
+      <c r="J10" s="49"/>
+      <c r="K10" s="49"/>
+      <c r="L10" s="49"/>
+      <c r="M10" s="49"/>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A11" s="63" t="s">
+      <c r="A11" s="51" t="s">
         <v>2</v>
       </c>
-      <c r="B11" s="224"/>
-[...1 lines deleted...]
-      <c r="D11" s="243" t="s">
+      <c r="B11" s="162"/>
+      <c r="C11" s="164"/>
+      <c r="D11" s="178" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="224"/>
-[...5 lines deleted...]
-      <c r="K11" s="61" t="s">
+      <c r="E11" s="162"/>
+      <c r="F11" s="182"/>
+      <c r="G11" s="183"/>
+      <c r="H11" s="49"/>
+      <c r="I11" s="49"/>
+      <c r="J11" s="49"/>
+      <c r="K11" s="49" t="s">
         <v>113</v>
       </c>
-      <c r="L11" s="61"/>
-      <c r="M11" s="61"/>
+      <c r="L11" s="49"/>
+      <c r="M11" s="49"/>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A12" s="242" t="s">
+      <c r="A12" s="161" t="s">
         <v>42</v>
       </c>
-      <c r="B12" s="224"/>
-[...8 lines deleted...]
-      <c r="K12" s="61" t="s">
+      <c r="B12" s="162"/>
+      <c r="C12" s="163"/>
+      <c r="D12" s="163"/>
+      <c r="E12" s="163"/>
+      <c r="F12" s="182"/>
+      <c r="G12" s="183"/>
+      <c r="H12" s="49"/>
+      <c r="I12" s="49"/>
+      <c r="J12" s="49"/>
+      <c r="K12" s="49" t="s">
         <v>114</v>
       </c>
-      <c r="L12" s="61"/>
-      <c r="M12" s="61"/>
+      <c r="L12" s="49"/>
+      <c r="M12" s="49"/>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A13" s="242" t="s">
+      <c r="A13" s="161" t="s">
         <v>44</v>
       </c>
-      <c r="B13" s="210"/>
-[...10 lines deleted...]
-      <c r="M13" s="61"/>
+      <c r="B13" s="150"/>
+      <c r="C13" s="155"/>
+      <c r="D13" s="155"/>
+      <c r="E13" s="155"/>
+      <c r="F13" s="182"/>
+      <c r="G13" s="183"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
+      <c r="J13" s="49"/>
+      <c r="K13" s="49"/>
+      <c r="L13" s="49"/>
+      <c r="M13" s="49"/>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A14" s="242" t="s">
+      <c r="A14" s="161" t="s">
         <v>45</v>
       </c>
-      <c r="B14" s="235"/>
-[...10 lines deleted...]
-      <c r="M14" s="61"/>
+      <c r="B14" s="172"/>
+      <c r="C14" s="179"/>
+      <c r="D14" s="179"/>
+      <c r="E14" s="179"/>
+      <c r="F14" s="182"/>
+      <c r="G14" s="183"/>
+      <c r="H14" s="49"/>
+      <c r="I14" s="49"/>
+      <c r="J14" s="49"/>
+      <c r="K14" s="49"/>
+      <c r="L14" s="49"/>
+      <c r="M14" s="49"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A15" s="63" t="s">
+      <c r="A15" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="B15" s="235"/>
-[...1 lines deleted...]
-      <c r="D15" s="227" t="s">
+      <c r="B15" s="172"/>
+      <c r="C15" s="173"/>
+      <c r="D15" s="165" t="s">
         <v>40</v>
       </c>
-      <c r="E15" s="228"/>
-      <c r="F15" s="229" t="s">
+      <c r="E15" s="166"/>
+      <c r="F15" s="165" t="s">
         <v>43</v>
       </c>
-      <c r="G15" s="230"/>
-[...3 lines deleted...]
-      <c r="K15" s="61" t="s">
+      <c r="G15" s="167"/>
+      <c r="H15" s="49"/>
+      <c r="I15" s="49"/>
+      <c r="J15" s="49"/>
+      <c r="K15" s="49" t="s">
         <v>115</v>
       </c>
-      <c r="L15" s="61"/>
-      <c r="M15" s="61"/>
+      <c r="L15" s="49"/>
+      <c r="M15" s="49"/>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A16" s="65" t="s">
+      <c r="A16" s="53" t="s">
         <v>46</v>
       </c>
-      <c r="B16" s="210"/>
-[...1 lines deleted...]
-      <c r="D16" s="64" t="s">
+      <c r="B16" s="150"/>
+      <c r="C16" s="151"/>
+      <c r="D16" s="52" t="s">
         <v>3</v>
       </c>
-      <c r="E16" s="210"/>
-[...5 lines deleted...]
-      <c r="K16" s="61" t="s">
+      <c r="E16" s="150"/>
+      <c r="F16" s="155"/>
+      <c r="G16" s="151"/>
+      <c r="H16" s="49"/>
+      <c r="I16" s="49"/>
+      <c r="J16" s="49"/>
+      <c r="K16" s="49" t="s">
         <v>116</v>
       </c>
-      <c r="L16" s="61"/>
-      <c r="M16" s="61"/>
+      <c r="L16" s="49"/>
+      <c r="M16" s="49"/>
     </row>
     <row r="17" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A17" s="66"/>
-[...11 lines deleted...]
-      <c r="M17" s="61"/>
+      <c r="A17" s="54"/>
+      <c r="B17" s="49"/>
+      <c r="C17" s="49"/>
+      <c r="D17" s="49"/>
+      <c r="E17" s="62"/>
+      <c r="F17" s="49"/>
+      <c r="G17" s="49"/>
+      <c r="H17" s="49"/>
+      <c r="I17" s="49"/>
+      <c r="J17" s="49"/>
+      <c r="K17" s="49"/>
+      <c r="L17" s="49"/>
+      <c r="M17" s="49"/>
     </row>
     <row r="18" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A18" s="67" t="s">
+      <c r="A18" s="55" t="s">
         <v>47</v>
       </c>
-      <c r="B18" s="192" t="s">
+      <c r="B18" s="137" t="s">
         <v>48</v>
       </c>
-      <c r="C18" s="210"/>
-[...1 lines deleted...]
-      <c r="E18" s="212" t="s">
+      <c r="C18" s="150"/>
+      <c r="D18" s="151"/>
+      <c r="E18" s="152" t="s">
         <v>49</v>
       </c>
-      <c r="F18" s="210"/>
-[...6 lines deleted...]
-      <c r="M18" s="61"/>
+      <c r="F18" s="150"/>
+      <c r="G18" s="151"/>
+      <c r="H18" s="49"/>
+      <c r="I18" s="49"/>
+      <c r="J18" s="49"/>
+      <c r="K18" s="49"/>
+      <c r="L18" s="49"/>
+      <c r="M18" s="49"/>
     </row>
     <row r="19" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A19" s="61"/>
-[...11 lines deleted...]
-      <c r="M19" s="61"/>
+      <c r="A19" s="49"/>
+      <c r="B19" s="49"/>
+      <c r="C19" s="49"/>
+      <c r="D19" s="49"/>
+      <c r="E19" s="49"/>
+      <c r="F19" s="49"/>
+      <c r="G19" s="49"/>
+      <c r="H19" s="49"/>
+      <c r="I19" s="49"/>
+      <c r="J19" s="49"/>
+      <c r="K19" s="49"/>
+      <c r="L19" s="49"/>
+      <c r="M19" s="49"/>
     </row>
     <row r="20" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A20" s="214" t="s">
+      <c r="A20" s="153" t="s">
         <v>5</v>
       </c>
-      <c r="B20" s="191">
+      <c r="B20" s="136">
         <v>2951</v>
       </c>
-      <c r="C20" s="215"/>
-[...9 lines deleted...]
-      <c r="M20" s="61"/>
+      <c r="C20" s="49"/>
+      <c r="D20" s="49"/>
+      <c r="E20" s="49"/>
+      <c r="F20" s="49"/>
+      <c r="G20" s="49"/>
+      <c r="H20" s="49"/>
+      <c r="I20" s="49"/>
+      <c r="J20" s="49"/>
+      <c r="K20" s="49"/>
+      <c r="L20" s="49"/>
+      <c r="M20" s="49"/>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A21" s="214" t="s">
+      <c r="A21" s="153" t="s">
         <v>6</v>
       </c>
-      <c r="B21" s="191">
+      <c r="B21" s="136">
         <v>324121</v>
       </c>
-      <c r="C21" s="215"/>
-[...9 lines deleted...]
-      <c r="M21" s="61"/>
+      <c r="C21" s="49"/>
+      <c r="D21" s="49"/>
+      <c r="E21" s="49"/>
+      <c r="F21" s="49"/>
+      <c r="G21" s="49"/>
+      <c r="H21" s="49"/>
+      <c r="I21" s="49"/>
+      <c r="J21" s="49"/>
+      <c r="K21" s="49"/>
+      <c r="L21" s="49"/>
+      <c r="M21" s="49"/>
     </row>
     <row r="22" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A22" s="214" t="s">
+      <c r="A22" s="153" t="s">
         <v>7</v>
       </c>
-      <c r="B22" s="213" t="s">
+      <c r="B22" s="50" t="s">
         <v>154</v>
       </c>
-      <c r="C22" s="215"/>
-[...9 lines deleted...]
-      <c r="M22" s="61"/>
+      <c r="C22" s="49"/>
+      <c r="D22" s="49"/>
+      <c r="E22" s="49"/>
+      <c r="F22" s="49"/>
+      <c r="G22" s="49"/>
+      <c r="H22" s="49"/>
+      <c r="I22" s="49"/>
+      <c r="J22" s="49"/>
+      <c r="K22" s="49"/>
+      <c r="L22" s="49"/>
+      <c r="M22" s="49"/>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A23" s="68"/>
-[...11 lines deleted...]
-      <c r="M23" s="61"/>
+      <c r="A23" s="56"/>
+      <c r="B23" s="49"/>
+      <c r="C23" s="49"/>
+      <c r="D23" s="49"/>
+      <c r="E23" s="49"/>
+      <c r="F23" s="49"/>
+      <c r="G23" s="49"/>
+      <c r="H23" s="49"/>
+      <c r="I23" s="49"/>
+      <c r="J23" s="49"/>
+      <c r="K23" s="49"/>
+      <c r="L23" s="49"/>
+      <c r="M23" s="49"/>
     </row>
     <row r="24" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A24" s="208" t="s">
+      <c r="A24" s="148" t="s">
         <v>185</v>
       </c>
-      <c r="B24" s="16"/>
-[...6 lines deleted...]
-      <c r="K24" s="61" t="s">
+      <c r="B24" s="15"/>
+      <c r="E24" s="49"/>
+      <c r="F24" s="49"/>
+      <c r="G24" s="49"/>
+      <c r="H24" s="49"/>
+      <c r="I24" s="49"/>
+      <c r="J24" s="49"/>
+      <c r="K24" s="49" t="s">
         <v>76</v>
       </c>
-      <c r="L24" s="61"/>
-      <c r="M24" s="61"/>
+      <c r="L24" s="49"/>
+      <c r="M24" s="49"/>
     </row>
     <row r="25" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A25" s="208" t="s">
+      <c r="A25" s="148" t="s">
         <v>186</v>
       </c>
-      <c r="B25" s="16"/>
-[...6 lines deleted...]
-      <c r="K25" s="61" t="s">
+      <c r="B25" s="15"/>
+      <c r="E25" s="49"/>
+      <c r="F25" s="49"/>
+      <c r="G25" s="49"/>
+      <c r="H25" s="49"/>
+      <c r="I25" s="49"/>
+      <c r="J25" s="49"/>
+      <c r="K25" s="49" t="s">
         <v>77</v>
       </c>
-      <c r="L25" s="61"/>
-      <c r="M25" s="61"/>
+      <c r="L25" s="49"/>
+      <c r="M25" s="49"/>
     </row>
     <row r="26" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A26" s="208" t="s">
+      <c r="A26" s="148" t="s">
         <v>200</v>
       </c>
-      <c r="B26" s="16"/>
-[...7 lines deleted...]
-      <c r="M26" s="61"/>
+      <c r="B26" s="15"/>
+      <c r="E26" s="49"/>
+      <c r="F26" s="49"/>
+      <c r="G26" s="49"/>
+      <c r="H26" s="49"/>
+      <c r="I26" s="49"/>
+      <c r="J26" s="49"/>
+      <c r="L26" s="49"/>
+      <c r="M26" s="49"/>
     </row>
     <row r="27" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A27" s="61"/>
-[...9 lines deleted...]
-      <c r="K27" s="61" t="s">
+      <c r="A27" s="49"/>
+      <c r="B27" s="49"/>
+      <c r="C27" s="49"/>
+      <c r="D27" s="49"/>
+      <c r="E27" s="49"/>
+      <c r="F27" s="49"/>
+      <c r="G27" s="49"/>
+      <c r="H27" s="49"/>
+      <c r="I27" s="49"/>
+      <c r="J27" s="49"/>
+      <c r="K27" s="49" t="s">
         <v>189</v>
       </c>
-      <c r="L27" s="61"/>
-      <c r="M27" s="61"/>
+      <c r="L27" s="49"/>
+      <c r="M27" s="49"/>
     </row>
     <row r="28" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A28" s="73" t="s">
+      <c r="A28" s="60" t="s">
         <v>241</v>
       </c>
-      <c r="B28" s="210"/>
-[...8 lines deleted...]
-      <c r="K28" s="61" t="s">
+      <c r="B28" s="150"/>
+      <c r="C28" s="155"/>
+      <c r="D28" s="151"/>
+      <c r="E28" s="49"/>
+      <c r="F28" s="49"/>
+      <c r="G28" s="49"/>
+      <c r="H28" s="49"/>
+      <c r="I28" s="49"/>
+      <c r="J28" s="49"/>
+      <c r="K28" s="49" t="s">
         <v>190</v>
       </c>
-      <c r="L28" s="61"/>
-      <c r="M28" s="61"/>
+      <c r="L28" s="49"/>
+      <c r="M28" s="49"/>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A29" s="96" t="s">
+      <c r="A29" s="76" t="s">
         <v>117</v>
       </c>
-      <c r="B29" s="61"/>
-[...4 lines deleted...]
-      <c r="K29" s="61" t="s">
+      <c r="B29" s="49"/>
+      <c r="C29" s="49"/>
+      <c r="H29" s="49"/>
+      <c r="I29" s="49"/>
+      <c r="J29" s="49"/>
+      <c r="K29" s="49" t="s">
         <v>243</v>
       </c>
-      <c r="L29" s="61"/>
-      <c r="M29" s="97" t="s">
+      <c r="L29" s="49"/>
+      <c r="M29" s="76" t="s">
         <v>118</v>
       </c>
-      <c r="N29" s="92" t="s">
+      <c r="N29" s="73" t="s">
         <v>160</v>
       </c>
-      <c r="O29" s="93" t="s">
+      <c r="O29" s="74" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="222"/>
-      <c r="B30" s="193" t="s">
+      <c r="A30" s="160"/>
+      <c r="B30" s="138" t="s">
         <v>119</v>
       </c>
-      <c r="C30" s="218"/>
-      <c r="E30" s="208" t="s">
+      <c r="C30" s="156"/>
+      <c r="E30" s="148" t="s">
         <v>256</v>
       </c>
-      <c r="F30" s="208"/>
-[...2 lines deleted...]
-      <c r="M30" s="153" t="s">
+      <c r="F30" s="148"/>
+      <c r="G30" s="15"/>
+      <c r="H30" s="49"/>
+      <c r="M30" s="71" t="s">
         <v>156</v>
       </c>
-      <c r="N30" s="164"/>
-[...1 lines deleted...]
-      <c r="Q30" s="317" t="s">
+      <c r="N30" s="114"/>
+      <c r="O30" s="115"/>
+      <c r="Q30" s="228" t="s">
         <v>264</v>
       </c>
-      <c r="R30" s="316"/>
-[...2 lines deleted...]
-      <c r="U30" s="316"/>
+      <c r="R30" s="227"/>
+      <c r="S30" s="227"/>
+      <c r="T30" s="227"/>
+      <c r="U30" s="227"/>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A31" s="220"/>
-      <c r="B31" s="221" t="s">
+      <c r="A31" s="158"/>
+      <c r="B31" s="159" t="s">
         <v>144</v>
       </c>
-      <c r="C31" s="219"/>
-      <c r="E31" s="300" t="s">
+      <c r="C31" s="157"/>
+      <c r="E31" s="217" t="s">
         <v>251</v>
       </c>
-      <c r="F31" s="300"/>
-[...2 lines deleted...]
-      <c r="M31" s="153" t="s">
+      <c r="F31" s="217"/>
+      <c r="G31" s="218"/>
+      <c r="M31" s="71" t="s">
         <v>155</v>
       </c>
-      <c r="N31" s="164"/>
-[...1 lines deleted...]
-      <c r="Q31" s="318" t="s">
+      <c r="N31" s="114"/>
+      <c r="O31" s="115"/>
+      <c r="Q31" s="229" t="s">
         <v>265</v>
       </c>
-      <c r="R31" s="316"/>
-[...2 lines deleted...]
-      <c r="U31" s="316"/>
+      <c r="R31" s="227"/>
+      <c r="S31" s="227"/>
+      <c r="T31" s="227"/>
+      <c r="U31" s="227"/>
     </row>
     <row r="32" spans="1:21" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="90"/>
-[...2 lines deleted...]
-      <c r="E32" s="302" t="s">
+      <c r="A32" s="72"/>
+      <c r="B32" s="72"/>
+      <c r="C32" s="57"/>
+      <c r="E32" s="219" t="s">
         <v>247</v>
       </c>
-      <c r="F32" s="303" t="s">
+      <c r="F32" s="220" t="s">
         <v>248</v>
       </c>
-      <c r="G32" s="309" t="s">
+      <c r="G32" s="223" t="s">
         <v>259</v>
       </c>
-      <c r="H32" s="23"/>
-      <c r="M32" s="153" t="s">
+      <c r="M32" s="71" t="s">
         <v>157</v>
       </c>
-      <c r="N32" s="16"/>
-[...1 lines deleted...]
-      <c r="Q32" s="317" t="s">
+      <c r="N32" s="15"/>
+      <c r="O32" s="15"/>
+      <c r="Q32" s="228" t="s">
         <v>266</v>
       </c>
-      <c r="R32" s="316"/>
-[...5 lines deleted...]
-      <c r="E33" s="304" t="s">
+      <c r="R32" s="227"/>
+      <c r="S32" s="227"/>
+      <c r="T32" s="227"/>
+      <c r="U32" s="227"/>
+    </row>
+    <row r="33" spans="4:21" ht="29.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E33" s="234" t="s">
         <v>249</v>
       </c>
-      <c r="F33" s="306"/>
-[...2 lines deleted...]
-      <c r="M33" s="153" t="s">
+      <c r="F33" s="221"/>
+      <c r="G33" s="221"/>
+      <c r="M33" s="71" t="s">
         <v>158</v>
       </c>
-      <c r="N33" s="16"/>
-[...5 lines deleted...]
-      <c r="U33" s="316"/>
+      <c r="N33" s="15"/>
+      <c r="O33" s="15"/>
+      <c r="Q33" s="227"/>
+      <c r="R33" s="227"/>
+      <c r="S33" s="227"/>
+      <c r="T33" s="227"/>
+      <c r="U33" s="227"/>
     </row>
     <row r="34" spans="4:21" x14ac:dyDescent="0.25">
-      <c r="E34" s="304" t="s">
+      <c r="E34" s="235" t="s">
         <v>249</v>
       </c>
-      <c r="F34" s="306"/>
-[...6 lines deleted...]
-      <c r="M34" s="89" t="s">
+      <c r="F34" s="221"/>
+      <c r="G34" s="221"/>
+      <c r="I34" s="131"/>
+      <c r="J34" s="131"/>
+      <c r="K34" s="131"/>
+      <c r="L34" s="131"/>
+      <c r="M34" s="71" t="s">
         <v>159</v>
       </c>
-      <c r="N34" s="16"/>
-[...1 lines deleted...]
-      <c r="Q34" s="317" t="s">
+      <c r="N34" s="15"/>
+      <c r="O34" s="15"/>
+      <c r="Q34" s="228" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="35" spans="4:21" x14ac:dyDescent="0.25">
-      <c r="D35" s="69"/>
-      <c r="E35" s="304" t="s">
+      <c r="D35" s="57"/>
+      <c r="E35" s="235" t="s">
         <v>156</v>
       </c>
-      <c r="F35" s="306"/>
-[...4 lines deleted...]
-      <c r="K35" s="61" t="s">
+      <c r="F35" s="221"/>
+      <c r="G35" s="221"/>
+      <c r="K35" s="49" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="36" spans="4:21" x14ac:dyDescent="0.25">
-      <c r="D36" s="23"/>
-      <c r="E36" s="305" t="s">
+      <c r="E36" s="235" t="s">
         <v>250</v>
       </c>
-      <c r="F36" s="306"/>
-[...4 lines deleted...]
-      <c r="K36" s="61" t="s">
+      <c r="F36" s="221"/>
+      <c r="G36" s="221"/>
+      <c r="I36" s="57"/>
+      <c r="J36" s="49"/>
+      <c r="K36" s="49" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="37" spans="4:21" x14ac:dyDescent="0.25">
-      <c r="E37" s="305" t="s">
+      <c r="E37" s="235" t="s">
         <v>155</v>
       </c>
-      <c r="F37" s="306"/>
-      <c r="G37" s="306"/>
+      <c r="F37" s="221"/>
+      <c r="G37" s="221"/>
     </row>
     <row r="38" spans="4:21" x14ac:dyDescent="0.25">
-      <c r="E38" s="305" t="s">
+      <c r="E38" s="235" t="s">
         <v>157</v>
       </c>
-      <c r="F38" s="306"/>
-      <c r="G38" s="306"/>
+      <c r="F38" s="221"/>
+      <c r="G38" s="221"/>
     </row>
     <row r="39" spans="4:21" x14ac:dyDescent="0.25">
-      <c r="E39" s="305" t="s">
+      <c r="E39" s="235" t="s">
         <v>159</v>
       </c>
-      <c r="F39" s="306"/>
-      <c r="G39" s="306"/>
+      <c r="F39" s="221"/>
+      <c r="G39" s="221"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="1WSSdNd/u1MHV6d7k2mTagrO4ImmuAQAK3pCfhM7b1uQ0toFtEjxSTI8pshTeO5qNxyyDDsEVjaUW2TSd0HoRQ==" saltValue="rj2N5PYf7bIW7iMbFmaIRg==" spinCount="100000" sheet="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="7Uff1HhL6KSx9Bl4nB+eLU33thQHel80oESVTitUn3A1REdMDA8g1rbrMMp65koDtQZQHXawmG8RnvO/t7ji9A==" saltValue="63ZQUihOowznvrYIfoqwbw==" spinCount="100000" sheet="1"/>
   <dataConsolidate/>
-  <conditionalFormatting sqref="E31:G32 E33:E36">
-    <cfRule type="expression" dxfId="14" priority="9" stopIfTrue="1">
+  <conditionalFormatting sqref="E33:E39">
+    <cfRule type="expression" dxfId="7" priority="3" stopIfTrue="1">
       <formula>$G$30="yes"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F39:G39 F33:G33 F35:G36">
-    <cfRule type="expression" dxfId="13" priority="8" stopIfTrue="1">
+  <conditionalFormatting sqref="E31:G32">
+    <cfRule type="expression" dxfId="6" priority="9" stopIfTrue="1">
       <formula>$G$30="yes"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E37">
-[...25 lines deleted...]
-    <cfRule type="expression" dxfId="7" priority="1" stopIfTrue="1">
+  <conditionalFormatting sqref="F33:G39">
+    <cfRule type="expression" dxfId="5" priority="1" stopIfTrue="1">
       <formula>$G$30="yes"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="6">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K15:K16" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>Employ</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B26 G30" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>yn</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B25" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>FuelTypes</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B24" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>Plants</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G4" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>NoEmploy</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B4" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>Submit</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="80" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K73"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+    <sheetView topLeftCell="B27" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H71" sqref="H71:H72"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10" style="18" hidden="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="16384" width="9.140625" style="18"/>
+    <col min="1" max="1" width="10" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="9" customWidth="1"/>
+    <col min="3" max="3" width="35.28515625" customWidth="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1"/>
+    <col min="5" max="5" width="11.28515625" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" customWidth="1"/>
+    <col min="7" max="7" width="26" style="6" customWidth="1"/>
+    <col min="8" max="8" width="28.140625" customWidth="1"/>
+    <col min="9" max="9" width="22.42578125" customWidth="1"/>
+    <col min="10" max="10" width="15.42578125" customWidth="1"/>
+    <col min="11" max="11" width="18.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B1" s="252" t="s">
+      <c r="B1" s="187" t="s">
         <v>138</v>
       </c>
-      <c r="C1" s="252"/>
-[...2 lines deleted...]
-      <c r="B2" s="251" t="s">
+      <c r="C1" s="187"/>
+    </row>
+    <row r="2" spans="1:10" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="186" t="s">
         <v>74</v>
       </c>
-      <c r="C2" s="251"/>
-[...7 lines deleted...]
-      <c r="C3" s="199" t="s">
+      <c r="C2" s="186"/>
+      <c r="D2" s="186"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="22"/>
+    </row>
+    <row r="3" spans="1:10" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="24"/>
+      <c r="C3" t="s">
         <v>83</v>
       </c>
-      <c r="D3" s="199"/>
-[...5 lines deleted...]
-      <c r="J3" s="199"/>
+      <c r="D3"/>
+      <c r="E3"/>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3"/>
     </row>
     <row r="4" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B4" s="321" t="s">
+      <c r="B4" s="231" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="250" t="s">
+      <c r="B5" s="185" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="249" t="s">
+      <c r="C5" s="184" t="s">
         <v>50</v>
       </c>
-      <c r="D5" s="249" t="s">
+      <c r="D5" s="184" t="s">
         <v>78</v>
       </c>
-      <c r="E5" s="249" t="s">
+      <c r="E5" s="184" t="s">
         <v>79</v>
       </c>
-      <c r="F5" s="249" t="s">
+      <c r="F5" s="184" t="s">
         <v>80</v>
       </c>
-      <c r="G5" s="249" t="s">
+      <c r="G5" s="184" t="s">
         <v>175</v>
       </c>
-      <c r="H5" s="249" t="str">
+      <c r="H5" s="184" t="str">
         <f>'Facility Information'!G5&amp;" Annual Throughput (tons/yr)"</f>
         <v xml:space="preserve"> Annual Throughput (tons/yr)</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A6" s="6"/>
-[...1 lines deleted...]
-      <c r="C6" s="91" t="str">
+      <c r="B6" s="18"/>
+      <c r="C6" s="8" t="str">
         <f>IF('Facility Information'!B24="","",'Facility Information'!B24 &amp; " - "&amp;'Facility Information'!B25)</f>
         <v/>
       </c>
-      <c r="D6" s="17"/>
-[...5 lines deleted...]
-      <c r="J6" s="95"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="16"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="19"/>
+      <c r="I6" s="89"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A7" s="6"/>
-[...11 lines deleted...]
-      <c r="B8" s="321" t="s">
+      <c r="B7" s="6"/>
+      <c r="H7" s="129"/>
+      <c r="I7" s="75"/>
+      <c r="J7" s="75"/>
+    </row>
+    <row r="8" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B8" s="231" t="s">
         <v>184</v>
       </c>
-      <c r="G8" s="136"/>
-[...5 lines deleted...]
-      <c r="A9" s="23" t="str">
+      <c r="H8" s="129"/>
+      <c r="I8" s="75"/>
+      <c r="J8" s="75"/>
+    </row>
+    <row r="9" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" t="str">
         <f>IF('Facility Information'!B25="","",IF('Facility Information'!B25="Natural Gas","MMCF","gallons"))</f>
         <v/>
       </c>
-      <c r="B9" s="250" t="s">
+      <c r="B9" s="185" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="249" t="s">
+      <c r="C9" s="184" t="s">
         <v>50</v>
       </c>
-      <c r="D9" s="249" t="s">
+      <c r="D9" s="184" t="s">
         <v>78</v>
       </c>
-      <c r="E9" s="249" t="s">
+      <c r="E9" s="184" t="s">
         <v>79</v>
       </c>
-      <c r="F9" s="249" t="s">
+      <c r="F9" s="184" t="s">
         <v>80</v>
       </c>
-      <c r="G9" s="249" t="str">
+      <c r="G9" s="184" t="str">
         <f>"Maximum Hourly Capacity (" &amp; A9 &amp; "/hr)"</f>
         <v>Maximum Hourly Capacity (/hr)</v>
       </c>
-      <c r="H9" s="249" t="str">
+      <c r="H9" s="184" t="str">
         <f>'Facility Information'!G5&amp;" Annual Throughput (" &amp; A9 &amp; "/yr)"</f>
         <v xml:space="preserve"> Annual Throughput (/yr)</v>
       </c>
-      <c r="I9" s="94"/>
-      <c r="J9" s="94"/>
+      <c r="I9" s="75"/>
+      <c r="J9" s="75"/>
     </row>
     <row r="10" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="6"/>
-[...1 lines deleted...]
-      <c r="C10" s="91" t="str">
+      <c r="B10" s="18"/>
+      <c r="C10" s="8" t="str">
         <f>IF('Facility Information'!B25="","",'Facility Information'!B25 &amp; " Fired Heater")</f>
         <v/>
       </c>
-      <c r="D10" s="17"/>
-[...15 lines deleted...]
-      <c r="B12" s="321" t="s">
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="19"/>
+      <c r="I10" s="89"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="B11" s="6"/>
+      <c r="H11" s="129"/>
+      <c r="I11" s="75"/>
+      <c r="J11" s="75"/>
+    </row>
+    <row r="12" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B12" s="231" t="s">
         <v>191</v>
       </c>
-      <c r="G12" s="136"/>
-[...5 lines deleted...]
-      <c r="B13" s="250" t="s">
+      <c r="H12" s="129"/>
+      <c r="I12" s="75"/>
+      <c r="J12" s="75"/>
+    </row>
+    <row r="13" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="185" t="s">
         <v>9</v>
       </c>
-      <c r="C13" s="249" t="s">
+      <c r="C13" s="184" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="249" t="s">
+      <c r="D13" s="184" t="s">
         <v>78</v>
       </c>
-      <c r="E13" s="249" t="s">
+      <c r="E13" s="184" t="s">
         <v>79</v>
       </c>
-      <c r="F13" s="249" t="s">
+      <c r="F13" s="184" t="s">
         <v>80</v>
       </c>
-      <c r="G13" s="249" t="s">
+      <c r="G13" s="184" t="s">
         <v>175</v>
       </c>
-      <c r="H13" s="249" t="str">
+      <c r="H13" s="184" t="str">
         <f>'Facility Information'!G5&amp;" Annual Throughput (tons/yr)"</f>
         <v xml:space="preserve"> Annual Throughput (tons/yr)</v>
       </c>
-      <c r="I13" s="253" t="s">
+      <c r="I13" s="188" t="s">
         <v>192</v>
       </c>
-      <c r="J13" s="94"/>
+      <c r="J13" s="75"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A14" s="6" t="s">
+      <c r="A14" t="s">
         <v>172</v>
       </c>
-      <c r="B14" s="21"/>
-      <c r="C14" s="91" t="s">
+      <c r="B14" s="18"/>
+      <c r="C14" s="8" t="s">
         <v>172</v>
       </c>
-      <c r="D14" s="17"/>
-[...5 lines deleted...]
-      <c r="J14" s="95"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="16"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="19"/>
+      <c r="I14" s="116"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A15" s="6" t="s">
+      <c r="A15" t="s">
         <v>171</v>
       </c>
-      <c r="B15" s="21"/>
-      <c r="C15" s="91" t="s">
+      <c r="B15" s="18"/>
+      <c r="C15" s="8" t="s">
         <v>171</v>
       </c>
-      <c r="D15" s="17"/>
-[...5 lines deleted...]
-      <c r="J15" s="95"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="16"/>
+      <c r="F15" s="16"/>
+      <c r="G15" s="18"/>
+      <c r="H15" s="19"/>
+      <c r="I15" s="116"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A16" s="6" t="s">
+      <c r="A16" t="s">
         <v>169</v>
       </c>
-      <c r="B16" s="21"/>
-      <c r="C16" s="91" t="s">
+      <c r="B16" s="18"/>
+      <c r="C16" s="8" t="s">
         <v>169</v>
       </c>
-      <c r="D16" s="17"/>
-[...8 lines deleted...]
-      <c r="A17" s="6"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="16"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="19"/>
+      <c r="I16" s="18"/>
     </row>
     <row r="18" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A18" s="6"/>
-      <c r="B18" s="321" t="s">
+      <c r="B18" s="231" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="6"/>
-      <c r="B19" s="250" t="s">
+      <c r="B19" s="185" t="s">
         <v>9</v>
       </c>
-      <c r="C19" s="249" t="s">
+      <c r="C19" s="184" t="s">
         <v>50</v>
       </c>
-      <c r="D19" s="249" t="s">
+      <c r="D19" s="184" t="s">
         <v>78</v>
       </c>
-      <c r="E19" s="249" t="s">
+      <c r="E19" s="184" t="s">
         <v>79</v>
       </c>
-      <c r="F19" s="249" t="s">
+      <c r="F19" s="184" t="s">
         <v>80</v>
       </c>
-      <c r="G19" s="249" t="s">
+      <c r="G19" s="184" t="s">
         <v>235</v>
       </c>
-      <c r="H19" s="249" t="s">
+      <c r="H19" s="184" t="s">
         <v>236</v>
       </c>
-      <c r="I19" s="249" t="s">
+      <c r="I19" s="184" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A20" s="6"/>
-[...1 lines deleted...]
-      <c r="C20" s="91" t="s">
+      <c r="B20" s="18"/>
+      <c r="C20" s="8" t="s">
         <v>82</v>
       </c>
-      <c r="D20" s="17"/>
-[...7 lines deleted...]
-      <c r="A21" s="6"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="19"/>
+      <c r="I20" s="16"/>
     </row>
     <row r="22" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A22" s="24"/>
-      <c r="B22" s="321" t="s">
+      <c r="A22" s="20"/>
+      <c r="B22" s="231" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G23" s="258" t="s">
+      <c r="G23" s="192" t="s">
         <v>253</v>
       </c>
-      <c r="H23" s="257"/>
-      <c r="I23" s="258" t="s">
+      <c r="H23" s="191"/>
+      <c r="I23" s="192" t="s">
         <v>254</v>
       </c>
-      <c r="J23" s="259"/>
+      <c r="J23" s="193"/>
     </row>
     <row r="24" spans="1:11" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="250" t="s">
+      <c r="B24" s="185" t="s">
         <v>9</v>
       </c>
-      <c r="C24" s="249" t="s">
+      <c r="C24" s="184" t="s">
         <v>50</v>
       </c>
-      <c r="D24" s="249" t="s">
+      <c r="D24" s="184" t="s">
         <v>78</v>
       </c>
-      <c r="E24" s="249" t="s">
+      <c r="E24" s="184" t="s">
         <v>79</v>
       </c>
-      <c r="F24" s="249" t="s">
+      <c r="F24" s="184" t="s">
         <v>80</v>
       </c>
-      <c r="G24" s="154" t="s">
+      <c r="G24" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="H24" s="154" t="s">
+      <c r="H24" s="106" t="s">
         <v>55</v>
       </c>
-      <c r="I24" s="157" t="s">
+      <c r="I24" s="108" t="s">
         <v>56</v>
       </c>
-      <c r="J24" s="157" t="s">
+      <c r="J24" s="108" t="s">
         <v>57</v>
       </c>
-      <c r="K24" s="260" t="s">
+      <c r="K24" s="188" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B25" s="21"/>
-      <c r="C25" s="100" t="s">
+      <c r="B25" s="18"/>
+      <c r="C25" s="78" t="s">
         <v>201</v>
       </c>
-      <c r="D25" s="17"/>
-[...6 lines deleted...]
-      <c r="K25" s="21"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="58"/>
+      <c r="J25" s="58"/>
+      <c r="K25" s="18"/>
     </row>
     <row r="26" spans="1:11" ht="5.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C27" s="262" t="s">
+      <c r="C27" s="194" t="s">
         <v>58</v>
       </c>
-      <c r="D27" s="37"/>
-      <c r="E27" s="101" t="s">
+      <c r="D27" s="32"/>
+      <c r="E27" s="79" t="s">
         <v>59</v>
       </c>
-      <c r="F27" s="36"/>
-[...2 lines deleted...]
-      <c r="I27" s="27"/>
+      <c r="F27" s="31"/>
+      <c r="G27" s="31"/>
+      <c r="H27" s="31"/>
+      <c r="I27" s="23"/>
     </row>
     <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C28" s="262" t="s">
+      <c r="C28" s="194" t="s">
         <v>60</v>
       </c>
-      <c r="D28" s="31" t="str">
+      <c r="D28" s="26" t="str">
         <f>IF(G25="","",G25*D27+H25*(1-D27))</f>
         <v/>
       </c>
-      <c r="E28" s="101" t="s">
+      <c r="E28" s="79" t="s">
         <v>61</v>
       </c>
-      <c r="F28" s="36"/>
-[...2 lines deleted...]
-      <c r="I28" s="27"/>
+      <c r="F28" s="31"/>
+      <c r="G28" s="31"/>
+      <c r="H28" s="31"/>
+      <c r="I28" s="23"/>
     </row>
     <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C29" s="262" t="s">
+      <c r="C29" s="194" t="s">
         <v>62</v>
       </c>
-      <c r="D29" s="32" t="str">
+      <c r="D29" s="27" t="str">
         <f>IF(G25="","",H25-G25)</f>
         <v/>
       </c>
-      <c r="E29" s="101" t="s">
+      <c r="E29" s="79" t="s">
         <v>63</v>
       </c>
-      <c r="F29" s="36"/>
-[...2 lines deleted...]
-      <c r="I29" s="27"/>
+      <c r="F29" s="31"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="23"/>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C30" s="195" t="s">
+      <c r="C30" s="40" t="s">
         <v>64</v>
       </c>
-      <c r="D30" s="33" t="str">
+      <c r="D30" s="28" t="str">
         <f>IF(G25="","",I25/D29)</f>
         <v/>
       </c>
-      <c r="E30" s="261" t="s">
+      <c r="E30" s="80" t="s">
         <v>65</v>
       </c>
-      <c r="F30" s="29"/>
-[...2 lines deleted...]
-      <c r="I30" s="29"/>
+      <c r="F30" s="25"/>
+      <c r="G30" s="25"/>
+      <c r="H30" s="25"/>
+      <c r="I30" s="25"/>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C31" s="195" t="s">
+      <c r="C31" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="D31" s="33" t="str">
+      <c r="D31" s="28" t="str">
         <f>IF(G25="","",J25/D29)</f>
         <v/>
       </c>
-      <c r="E31" s="261" t="s">
+      <c r="E31" s="80" t="s">
         <v>67</v>
       </c>
-      <c r="F31" s="29"/>
-[...2 lines deleted...]
-      <c r="I31" s="29"/>
+      <c r="F31" s="25"/>
+      <c r="G31" s="25"/>
+      <c r="H31" s="25"/>
+      <c r="I31" s="25"/>
     </row>
     <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C32" s="263" t="s">
+      <c r="C32" s="194" t="s">
         <v>68</v>
       </c>
-      <c r="D32" s="34">
+      <c r="D32" s="29">
         <v>10</v>
       </c>
-      <c r="E32" s="101" t="s">
+      <c r="E32" s="79" t="s">
         <v>242</v>
       </c>
-      <c r="F32" s="36"/>
-[...3 lines deleted...]
-      <c r="J32" s="36"/>
+      <c r="F32" s="31"/>
+      <c r="G32" s="31"/>
+      <c r="H32" s="31"/>
+      <c r="I32" s="31"/>
+      <c r="J32" s="31"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C33" s="49" t="s">
+      <c r="C33" s="40" t="s">
         <v>75</v>
       </c>
-      <c r="D33" s="99">
+      <c r="D33" s="77">
         <v>100</v>
       </c>
-      <c r="E33" s="102" t="s">
+      <c r="E33" s="80" t="s">
         <v>148</v>
       </c>
-      <c r="F33" s="30"/>
-[...2 lines deleted...]
-      <c r="I33" s="30"/>
+      <c r="F33" s="25"/>
+      <c r="G33" s="25"/>
+      <c r="H33" s="25"/>
+      <c r="I33" s="25"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A34" s="18" t="s">
+      <c r="A34" t="s">
         <v>121</v>
       </c>
-      <c r="B34" s="49"/>
-      <c r="C34" s="49" t="s">
+      <c r="B34" s="40"/>
+      <c r="C34" s="40" t="s">
         <v>120</v>
       </c>
-      <c r="D34" s="35"/>
-      <c r="E34" s="48" t="s">
+      <c r="D34" s="30"/>
+      <c r="E34" s="39" t="s">
         <v>127</v>
       </c>
-      <c r="F34" s="48"/>
-[...2 lines deleted...]
-      <c r="I34" s="30"/>
+      <c r="F34" s="39"/>
+      <c r="G34" s="39"/>
+      <c r="H34" s="25"/>
+      <c r="I34" s="25"/>
     </row>
     <row r="35" spans="1:11" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B35" s="49"/>
-[...6 lines deleted...]
-      <c r="I35" s="30"/>
+      <c r="B35" s="40"/>
+      <c r="C35" s="40"/>
+      <c r="D35" s="130"/>
+      <c r="E35" s="39"/>
+      <c r="F35" s="39"/>
+      <c r="G35" s="39"/>
+      <c r="H35" s="25"/>
+      <c r="I35" s="25"/>
     </row>
     <row r="36" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G36" s="258" t="s">
+      <c r="G36" s="192" t="s">
         <v>253</v>
       </c>
-      <c r="H36" s="257"/>
-      <c r="I36" s="258" t="s">
+      <c r="H36" s="191"/>
+      <c r="I36" s="192" t="s">
         <v>254</v>
       </c>
-      <c r="J36" s="259"/>
+      <c r="J36" s="193"/>
     </row>
     <row r="37" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B37" s="250" t="s">
+      <c r="B37" s="185" t="s">
         <v>9</v>
       </c>
-      <c r="C37" s="249" t="s">
+      <c r="C37" s="184" t="s">
         <v>50</v>
       </c>
-      <c r="D37" s="249" t="s">
+      <c r="D37" s="184" t="s">
         <v>78</v>
       </c>
-      <c r="E37" s="249" t="s">
+      <c r="E37" s="184" t="s">
         <v>79</v>
       </c>
-      <c r="F37" s="249" t="s">
+      <c r="F37" s="184" t="s">
         <v>80</v>
       </c>
-      <c r="G37" s="194" t="s">
+      <c r="G37" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="H37" s="194" t="s">
+      <c r="H37" s="106" t="s">
         <v>55</v>
       </c>
-      <c r="I37" s="198" t="s">
+      <c r="I37" s="108" t="s">
         <v>56</v>
       </c>
-      <c r="J37" s="198" t="s">
+      <c r="J37" s="108" t="s">
         <v>57</v>
       </c>
-      <c r="K37" s="260" t="s">
+      <c r="K37" s="188" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B38" s="21"/>
-      <c r="C38" s="100" t="s">
+      <c r="B38" s="18"/>
+      <c r="C38" s="78" t="s">
         <v>202</v>
       </c>
-      <c r="D38" s="17"/>
-[...6 lines deleted...]
-      <c r="K38" s="21"/>
+      <c r="D38" s="16"/>
+      <c r="E38" s="16"/>
+      <c r="F38" s="16"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="58"/>
+      <c r="J38" s="58"/>
+      <c r="K38" s="18"/>
     </row>
     <row r="39" spans="1:11" ht="6" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C40" s="262" t="s">
+      <c r="C40" s="194" t="s">
         <v>58</v>
       </c>
-      <c r="D40" s="37"/>
-      <c r="E40" s="101" t="s">
+      <c r="D40" s="32"/>
+      <c r="E40" s="79" t="s">
         <v>59</v>
       </c>
-      <c r="F40" s="36"/>
-[...2 lines deleted...]
-      <c r="I40" s="36"/>
+      <c r="F40" s="31"/>
+      <c r="G40" s="31"/>
+      <c r="H40" s="31"/>
+      <c r="I40" s="31"/>
     </row>
     <row r="41" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C41" s="262" t="s">
+      <c r="C41" s="194" t="s">
         <v>60</v>
       </c>
-      <c r="D41" s="31" t="str">
+      <c r="D41" s="26" t="str">
         <f>IF(G38="","",G38*D40+H38*(1-D40))</f>
         <v/>
       </c>
-      <c r="E41" s="101" t="s">
+      <c r="E41" s="79" t="s">
         <v>61</v>
       </c>
-      <c r="F41" s="36"/>
-[...2 lines deleted...]
-      <c r="I41" s="197"/>
+      <c r="F41" s="31"/>
+      <c r="G41" s="31"/>
+      <c r="H41" s="31"/>
+      <c r="I41" s="139"/>
     </row>
     <row r="42" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C42" s="262" t="s">
+      <c r="C42" s="194" t="s">
         <v>62</v>
       </c>
-      <c r="D42" s="32" t="str">
+      <c r="D42" s="27" t="str">
         <f>IF(G38="","",H38-G38)</f>
         <v/>
       </c>
-      <c r="E42" s="101" t="s">
+      <c r="E42" s="79" t="s">
         <v>63</v>
       </c>
-      <c r="F42" s="36"/>
-[...2 lines deleted...]
-      <c r="I42" s="197"/>
+      <c r="F42" s="31"/>
+      <c r="G42" s="31"/>
+      <c r="H42" s="31"/>
+      <c r="I42" s="139"/>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C43" s="195" t="s">
+      <c r="C43" s="40" t="s">
         <v>64</v>
       </c>
-      <c r="D43" s="33" t="str">
+      <c r="D43" s="28" t="str">
         <f>IF(G38="","",I38/D42)</f>
         <v/>
       </c>
-      <c r="E43" s="261" t="s">
+      <c r="E43" s="80" t="s">
         <v>65</v>
       </c>
-      <c r="F43" s="29"/>
-[...2 lines deleted...]
-      <c r="I43" s="98"/>
+      <c r="F43" s="25"/>
+      <c r="G43" s="25"/>
+      <c r="H43" s="25"/>
+      <c r="I43" s="39"/>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C44" s="195" t="s">
+      <c r="C44" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="D44" s="33" t="str">
+      <c r="D44" s="28" t="str">
         <f>IF(G38="","",J38/D42)</f>
         <v/>
       </c>
-      <c r="E44" s="261" t="s">
+      <c r="E44" s="80" t="s">
         <v>67</v>
       </c>
-      <c r="F44" s="29"/>
-[...2 lines deleted...]
-      <c r="I44" s="98"/>
+      <c r="F44" s="25"/>
+      <c r="G44" s="25"/>
+      <c r="H44" s="39"/>
+      <c r="I44" s="39"/>
     </row>
     <row r="45" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C45" s="263" t="s">
+      <c r="C45" s="194" t="s">
         <v>68</v>
       </c>
-      <c r="D45" s="34">
+      <c r="D45" s="29">
         <v>10</v>
       </c>
-      <c r="E45" s="101" t="s">
+      <c r="E45" s="79" t="s">
         <v>242</v>
       </c>
-      <c r="F45" s="36"/>
-[...3 lines deleted...]
-      <c r="J45" s="36"/>
+      <c r="F45" s="31"/>
+      <c r="G45" s="31"/>
+      <c r="H45" s="31"/>
+      <c r="I45" s="31"/>
+      <c r="J45" s="31"/>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C46" s="49" t="s">
+      <c r="C46" s="40" t="s">
         <v>75</v>
       </c>
-      <c r="D46" s="35">
+      <c r="D46" s="30">
         <v>100</v>
       </c>
-      <c r="E46" s="102" t="s">
+      <c r="E46" s="80" t="s">
         <v>148</v>
       </c>
-      <c r="F46" s="264"/>
-[...2 lines deleted...]
-      <c r="I46" s="48"/>
+      <c r="F46" s="25"/>
+      <c r="G46" s="25"/>
+      <c r="H46" s="25"/>
+      <c r="I46" s="39"/>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A47" s="18" t="s">
+      <c r="A47" t="s">
         <v>121</v>
       </c>
-      <c r="B47" s="49"/>
-      <c r="C47" s="49" t="s">
+      <c r="B47" s="40"/>
+      <c r="C47" s="40" t="s">
         <v>120</v>
       </c>
-      <c r="D47" s="35"/>
-      <c r="E47" s="48" t="s">
+      <c r="D47" s="30"/>
+      <c r="E47" s="39" t="s">
         <v>127</v>
       </c>
-      <c r="F47" s="48"/>
-[...2 lines deleted...]
-      <c r="I47" s="30"/>
+      <c r="F47" s="39"/>
+      <c r="G47" s="39"/>
+      <c r="H47" s="25"/>
+      <c r="I47" s="25"/>
     </row>
     <row r="48" spans="1:11" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="18" t="s">
+      <c r="A48" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B49" s="321" t="s">
+      <c r="B49" s="231" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G50" s="258" t="s">
+      <c r="G50" s="192" t="s">
         <v>253</v>
       </c>
-      <c r="H50" s="257"/>
-      <c r="I50" s="258" t="s">
+      <c r="H50" s="191"/>
+      <c r="I50" s="192" t="s">
         <v>254</v>
       </c>
-      <c r="J50" s="259"/>
+      <c r="J50" s="193"/>
     </row>
     <row r="51" spans="1:11" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="250" t="s">
+      <c r="B51" s="185" t="s">
         <v>9</v>
       </c>
-      <c r="C51" s="249" t="s">
+      <c r="C51" s="184" t="s">
         <v>50</v>
       </c>
-      <c r="D51" s="249" t="s">
+      <c r="D51" s="184" t="s">
         <v>78</v>
       </c>
-      <c r="E51" s="249" t="s">
+      <c r="E51" s="184" t="s">
         <v>79</v>
       </c>
-      <c r="F51" s="249" t="s">
+      <c r="F51" s="184" t="s">
         <v>80</v>
       </c>
-      <c r="G51" s="194" t="s">
+      <c r="G51" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="H51" s="194" t="s">
+      <c r="H51" s="106" t="s">
         <v>55</v>
       </c>
-      <c r="I51" s="198" t="s">
+      <c r="I51" s="108" t="s">
         <v>56</v>
       </c>
-      <c r="J51" s="198" t="s">
+      <c r="J51" s="108" t="s">
         <v>57</v>
       </c>
-      <c r="K51" s="260" t="s">
+      <c r="K51" s="188" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B52" s="21"/>
-      <c r="C52" s="100" t="s">
+      <c r="B52" s="18"/>
+      <c r="C52" s="78" t="s">
         <v>203</v>
       </c>
-      <c r="D52" s="17"/>
-[...6 lines deleted...]
-      <c r="K52" s="21"/>
+      <c r="D52" s="16"/>
+      <c r="E52" s="16"/>
+      <c r="F52" s="16"/>
+      <c r="G52" s="18"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="58"/>
+      <c r="J52" s="58"/>
+      <c r="K52" s="18"/>
     </row>
     <row r="53" spans="1:11" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="54" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C54" s="262" t="s">
+      <c r="C54" s="194" t="s">
         <v>58</v>
       </c>
-      <c r="D54" s="37"/>
-      <c r="E54" s="101" t="s">
+      <c r="D54" s="32"/>
+      <c r="E54" s="79" t="s">
         <v>59</v>
       </c>
-      <c r="F54" s="36"/>
-[...2 lines deleted...]
-      <c r="I54" s="197"/>
+      <c r="F54" s="31"/>
+      <c r="G54" s="31"/>
+      <c r="H54" s="31"/>
+      <c r="I54" s="139"/>
     </row>
     <row r="55" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C55" s="262" t="s">
+      <c r="C55" s="194" t="s">
         <v>60</v>
       </c>
-      <c r="D55" s="31" t="str">
+      <c r="D55" s="26" t="str">
         <f>IF(G52="","",G52*D54+H52*(1-D54))</f>
         <v/>
       </c>
-      <c r="E55" s="101" t="s">
+      <c r="E55" s="79" t="s">
         <v>61</v>
       </c>
-      <c r="F55" s="36"/>
-[...2 lines deleted...]
-      <c r="I55" s="197"/>
+      <c r="F55" s="31"/>
+      <c r="G55" s="31"/>
+      <c r="H55" s="31"/>
+      <c r="I55" s="139"/>
     </row>
     <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C56" s="262" t="s">
+      <c r="C56" s="194" t="s">
         <v>62</v>
       </c>
-      <c r="D56" s="32" t="str">
+      <c r="D56" s="27" t="str">
         <f>IF(G52="","",H52-G52)</f>
         <v/>
       </c>
-      <c r="E56" s="101" t="s">
+      <c r="E56" s="79" t="s">
         <v>63</v>
       </c>
-      <c r="F56" s="36"/>
-[...2 lines deleted...]
-      <c r="I56" s="197"/>
+      <c r="F56" s="31"/>
+      <c r="G56" s="31"/>
+      <c r="H56" s="31"/>
+      <c r="I56" s="139"/>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C57" s="195" t="s">
+      <c r="C57" s="40" t="s">
         <v>64</v>
       </c>
-      <c r="D57" s="33" t="str">
+      <c r="D57" s="28" t="str">
         <f>IF(G52="","",I52/D56)</f>
         <v/>
       </c>
-      <c r="E57" s="261" t="s">
+      <c r="E57" s="80" t="s">
         <v>65</v>
       </c>
-      <c r="F57" s="29"/>
-[...2 lines deleted...]
-      <c r="I57" s="98"/>
+      <c r="F57" s="25"/>
+      <c r="G57" s="25"/>
+      <c r="H57" s="25"/>
+      <c r="I57" s="39"/>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C58" s="195" t="s">
+      <c r="C58" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="D58" s="33" t="str">
+      <c r="D58" s="28" t="str">
         <f>IF(G52="","",J52/D56)</f>
         <v/>
       </c>
-      <c r="E58" s="261" t="s">
+      <c r="E58" s="80" t="s">
         <v>67</v>
       </c>
-      <c r="F58" s="29"/>
-[...2 lines deleted...]
-      <c r="I58" s="98"/>
+      <c r="F58" s="25"/>
+      <c r="G58" s="25"/>
+      <c r="H58" s="39"/>
+      <c r="I58" s="39"/>
     </row>
     <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C59" s="263" t="s">
+      <c r="C59" s="194" t="s">
         <v>68</v>
       </c>
-      <c r="D59" s="34">
+      <c r="D59" s="29">
         <v>8.1999999999999993</v>
       </c>
-      <c r="E59" s="101" t="s">
+      <c r="E59" s="79" t="s">
         <v>244</v>
       </c>
-      <c r="F59" s="36"/>
-[...3 lines deleted...]
-      <c r="J59" s="36"/>
+      <c r="F59" s="31"/>
+      <c r="G59" s="31"/>
+      <c r="H59" s="31"/>
+      <c r="I59" s="31"/>
+      <c r="J59" s="31"/>
     </row>
     <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C60" s="49" t="s">
+      <c r="C60" s="40" t="s">
         <v>75</v>
       </c>
-      <c r="D60" s="35">
+      <c r="D60" s="30">
         <v>100</v>
       </c>
-      <c r="E60" s="102" t="s">
+      <c r="E60" s="80" t="s">
         <v>148</v>
       </c>
-      <c r="F60" s="264"/>
-[...2 lines deleted...]
-      <c r="I60" s="48"/>
+      <c r="F60" s="25"/>
+      <c r="G60" s="25"/>
+      <c r="H60" s="25"/>
+      <c r="I60" s="39"/>
     </row>
     <row r="61" spans="1:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="6" t="s">
+      <c r="A61" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G62" s="258" t="s">
+      <c r="G62" s="192" t="s">
         <v>253</v>
       </c>
-      <c r="H62" s="257"/>
-      <c r="I62" s="258" t="s">
+      <c r="H62" s="191"/>
+      <c r="I62" s="192" t="s">
         <v>254</v>
       </c>
-      <c r="J62" s="259"/>
+      <c r="J62" s="193"/>
     </row>
     <row r="63" spans="1:11" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B63" s="250" t="s">
+      <c r="B63" s="185" t="s">
         <v>9</v>
       </c>
-      <c r="C63" s="249" t="s">
+      <c r="C63" s="184" t="s">
         <v>50</v>
       </c>
-      <c r="D63" s="249" t="s">
+      <c r="D63" s="184" t="s">
         <v>78</v>
       </c>
-      <c r="E63" s="249" t="s">
+      <c r="E63" s="184" t="s">
         <v>79</v>
       </c>
-      <c r="F63" s="249" t="s">
+      <c r="F63" s="184" t="s">
         <v>80</v>
       </c>
-      <c r="G63" s="194" t="s">
+      <c r="G63" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="H63" s="194" t="s">
+      <c r="H63" s="106" t="s">
         <v>55</v>
       </c>
-      <c r="I63" s="198" t="s">
+      <c r="I63" s="108" t="s">
         <v>56</v>
       </c>
-      <c r="J63" s="198" t="s">
+      <c r="J63" s="108" t="s">
         <v>57</v>
       </c>
-      <c r="K63" s="260" t="s">
+      <c r="K63" s="188" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B64" s="21"/>
-      <c r="C64" s="100" t="s">
+      <c r="B64" s="18"/>
+      <c r="C64" s="78" t="s">
         <v>204</v>
       </c>
-      <c r="D64" s="17"/>
-[...6 lines deleted...]
-      <c r="K64" s="21"/>
+      <c r="D64" s="16"/>
+      <c r="E64" s="16"/>
+      <c r="F64" s="16"/>
+      <c r="G64" s="18"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="58"/>
+      <c r="J64" s="58"/>
+      <c r="K64" s="18"/>
     </row>
     <row r="65" spans="1:10" ht="6" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="66" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C66" s="262" t="s">
+      <c r="C66" s="194" t="s">
         <v>58</v>
       </c>
-      <c r="D66" s="37"/>
-      <c r="E66" s="101" t="s">
+      <c r="D66" s="32"/>
+      <c r="E66" s="79" t="s">
         <v>59</v>
       </c>
-      <c r="F66" s="36"/>
-[...2 lines deleted...]
-      <c r="I66" s="197"/>
+      <c r="F66" s="31"/>
+      <c r="G66" s="31"/>
+      <c r="H66" s="31"/>
+      <c r="I66" s="139"/>
     </row>
     <row r="67" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C67" s="262" t="s">
+      <c r="C67" s="194" t="s">
         <v>60</v>
       </c>
-      <c r="D67" s="31" t="str">
+      <c r="D67" s="26" t="str">
         <f>IF(G64="","",G64*D66+H64*(1-D66))</f>
         <v/>
       </c>
-      <c r="E67" s="101" t="s">
+      <c r="E67" s="79" t="s">
         <v>61</v>
       </c>
-      <c r="F67" s="36"/>
-[...2 lines deleted...]
-      <c r="I67" s="197"/>
+      <c r="F67" s="31"/>
+      <c r="G67" s="31"/>
+      <c r="H67" s="31"/>
+      <c r="I67" s="139"/>
     </row>
     <row r="68" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C68" s="262" t="s">
+      <c r="C68" s="194" t="s">
         <v>62</v>
       </c>
-      <c r="D68" s="32" t="str">
+      <c r="D68" s="27" t="str">
         <f>IF(G64="","",H64-G64)</f>
         <v/>
       </c>
-      <c r="E68" s="101" t="s">
+      <c r="E68" s="79" t="s">
         <v>63</v>
       </c>
-      <c r="F68" s="36"/>
-[...2 lines deleted...]
-      <c r="I68" s="197"/>
+      <c r="F68" s="31"/>
+      <c r="G68" s="31"/>
+      <c r="H68" s="31"/>
+      <c r="I68" s="139"/>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="C69" s="195" t="s">
+      <c r="C69" s="40" t="s">
         <v>64</v>
       </c>
-      <c r="D69" s="33" t="str">
+      <c r="D69" s="28" t="str">
         <f>IF(G64="","",I64/D68)</f>
         <v/>
       </c>
-      <c r="E69" s="261" t="s">
+      <c r="E69" s="80" t="s">
         <v>65</v>
       </c>
-      <c r="F69" s="29"/>
-[...2 lines deleted...]
-      <c r="I69" s="98"/>
+      <c r="F69" s="25"/>
+      <c r="G69" s="25"/>
+      <c r="H69" s="25"/>
+      <c r="I69" s="39"/>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="C70" s="195" t="s">
+      <c r="C70" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="D70" s="33" t="str">
+      <c r="D70" s="28" t="str">
         <f>IF(G64="","",J64/D68)</f>
         <v/>
       </c>
-      <c r="E70" s="261" t="s">
+      <c r="E70" s="80" t="s">
         <v>67</v>
       </c>
-      <c r="F70" s="29"/>
-[...2 lines deleted...]
-      <c r="I70" s="98"/>
+      <c r="F70" s="25"/>
+      <c r="G70" s="25"/>
+      <c r="H70" s="39"/>
+      <c r="I70" s="39"/>
     </row>
     <row r="71" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C71" s="263" t="s">
+      <c r="C71" s="194" t="s">
         <v>68</v>
       </c>
-      <c r="D71" s="34">
+      <c r="D71" s="29">
         <v>8.1999999999999993</v>
       </c>
-      <c r="E71" s="101" t="s">
+      <c r="E71" s="79" t="s">
         <v>244</v>
       </c>
-      <c r="F71" s="36"/>
-[...3 lines deleted...]
-      <c r="J71" s="36"/>
+      <c r="F71" s="31"/>
+      <c r="G71" s="31"/>
+      <c r="H71" s="31"/>
+      <c r="I71" s="31"/>
+      <c r="J71" s="31"/>
     </row>
     <row r="72" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C72" s="49" t="s">
+      <c r="C72" s="40" t="s">
         <v>75</v>
       </c>
-      <c r="D72" s="35">
+      <c r="D72" s="30">
         <v>100</v>
       </c>
-      <c r="E72" s="102" t="s">
+      <c r="E72" s="80" t="s">
         <v>148</v>
       </c>
-      <c r="F72" s="264"/>
-[...2 lines deleted...]
-      <c r="I72" s="48"/>
+      <c r="F72" s="25"/>
+      <c r="G72" s="25"/>
+      <c r="H72" s="25"/>
+      <c r="I72" s="39"/>
     </row>
     <row r="73" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A73" s="6" t="s">
+      <c r="A73" t="s">
         <v>90</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="X/zQxNc8jTJ/F8Iz/xbJCrjP/ZXDSR0xBv32MdXNFmrd//cRduq17VFcZwORZv6/SkSGb6Pojdd8antCTzkkNg==" saltValue="0/oqvqzj1zxrrThllEeLMw==" spinCount="100000" sheet="1"/>
-  <conditionalFormatting sqref="J17">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="I6:J12 I13:I16">
     <cfRule type="containsText" dxfId="4" priority="19" stopIfTrue="1" operator="containsText" text="Number of Conveyor Points">
       <formula>NOT(ISERROR(SEARCH("Number of Conveyor Points",I6)))</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="J17:J18">
+    <cfRule type="expression" dxfId="3" priority="65" stopIfTrue="1">
+      <formula>#REF!="Natural Gas Usage (MMCF/yr)"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="K7:K9">
-    <cfRule type="cellIs" dxfId="3" priority="17" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="2" priority="17" stopIfTrue="1" operator="equal">
       <formula>$I$6=""</formula>
     </cfRule>
-    <cfRule type="notContainsBlanks" dxfId="2" priority="69" stopIfTrue="1">
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K7:K12">
+    <cfRule type="notContainsBlanks" dxfId="1" priority="68" stopIfTrue="1">
       <formula>LEN(TRIM(K7))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K10:K12">
-    <cfRule type="cellIs" dxfId="1" priority="13" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="0" priority="13" stopIfTrue="1" operator="equal">
       <formula>$I$10=""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>LEN(TRIM(K10))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A22" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"roadcon"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D34 D47" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>yesnno</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="72" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O12"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="H34" sqref="H34"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.42578125" style="6" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="8.42578125" customWidth="1"/>
+    <col min="2" max="2" width="8.28515625" customWidth="1"/>
+    <col min="3" max="3" width="27.28515625" customWidth="1"/>
+    <col min="4" max="4" width="10.85546875" customWidth="1"/>
+    <col min="5" max="5" width="13.140625" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" customWidth="1"/>
+    <col min="7" max="7" width="13.42578125" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
+    <col min="9" max="9" width="12.42578125" customWidth="1"/>
+    <col min="10" max="10" width="11.42578125" customWidth="1"/>
+    <col min="11" max="11" width="14.42578125" customWidth="1"/>
+    <col min="12" max="12" width="16.85546875" customWidth="1"/>
+    <col min="13" max="13" width="16.42578125" customWidth="1"/>
+    <col min="14" max="14" width="13.28515625" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="16.42578125" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="265" t="s">
+      <c r="A1" s="195" t="s">
         <v>87</v>
       </c>
-      <c r="B1" s="265"/>
-[...9 lines deleted...]
-      <c r="L1" s="18"/>
+      <c r="B1" s="195"/>
+      <c r="C1" s="195"/>
+      <c r="G1" s="6"/>
     </row>
     <row r="2" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="20"/>
-[...1 lines deleted...]
-      <c r="C2" s="52" t="s">
+      <c r="A2" s="17"/>
+      <c r="B2" s="17"/>
+      <c r="C2" s="43" t="s">
         <v>108</v>
       </c>
-      <c r="D2" s="51"/>
-[...7 lines deleted...]
-      <c r="L2" s="18"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="44"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
     </row>
     <row r="3" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="20"/>
-[...1 lines deleted...]
-      <c r="C3" s="84" t="s">
+      <c r="A3" s="17"/>
+      <c r="B3" s="17"/>
+      <c r="C3" s="67" t="s">
         <v>122</v>
       </c>
-      <c r="D3" s="88"/>
-      <c r="E3" s="87" t="s">
+      <c r="D3" s="70"/>
+      <c r="E3" s="69" t="s">
         <v>109</v>
       </c>
-      <c r="F3" s="51"/>
-[...5 lines deleted...]
-      <c r="L3" s="18"/>
+      <c r="F3" s="42"/>
+      <c r="G3" s="42"/>
+      <c r="H3" s="42"/>
     </row>
     <row r="4" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="20"/>
-[...1 lines deleted...]
-      <c r="C4" s="84" t="s">
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="67" t="s">
         <v>133</v>
       </c>
-      <c r="D4" s="55"/>
-      <c r="E4" s="87" t="s">
+      <c r="D4" s="46"/>
+      <c r="E4" s="69" t="s">
         <v>105</v>
       </c>
-      <c r="F4" s="54" t="s">
+      <c r="F4" s="45" t="s">
         <v>123</v>
       </c>
-      <c r="G4" s="51"/>
-[...4 lines deleted...]
-      <c r="L4" s="18"/>
+      <c r="G4" s="42"/>
+      <c r="H4" s="42"/>
     </row>
     <row r="5" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="20"/>
-[...1 lines deleted...]
-      <c r="C5" s="84" t="s">
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="67" t="s">
         <v>146</v>
       </c>
-      <c r="D5" s="55"/>
-      <c r="E5" s="87" t="s">
+      <c r="D5" s="46"/>
+      <c r="E5" s="69" t="s">
         <v>105</v>
       </c>
-      <c r="F5" s="54"/>
-[...5 lines deleted...]
-      <c r="L5" s="18"/>
+      <c r="F5" s="45"/>
+      <c r="G5" s="42"/>
+      <c r="H5" s="42"/>
     </row>
     <row r="6" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="20"/>
-[...10 lines deleted...]
-      <c r="L6" s="18"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="42"/>
+      <c r="D6" s="42"/>
+      <c r="E6" s="42"/>
+      <c r="F6" s="42"/>
+      <c r="G6" s="42"/>
+      <c r="H6" s="42"/>
     </row>
     <row r="7" spans="1:15" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="267" t="s">
+      <c r="A7" s="197" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="266" t="s">
+      <c r="B7" s="196" t="s">
         <v>107</v>
       </c>
-      <c r="C7" s="266" t="s">
+      <c r="C7" s="196" t="s">
         <v>50</v>
       </c>
-      <c r="D7" s="266" t="s">
+      <c r="D7" s="196" t="s">
         <v>106</v>
       </c>
-      <c r="E7" s="268" t="s">
+      <c r="E7" s="198" t="s">
         <v>142</v>
       </c>
-      <c r="F7" s="266" t="s">
+      <c r="F7" s="196" t="s">
         <v>101</v>
       </c>
-      <c r="G7" s="266" t="s">
+      <c r="G7" s="196" t="s">
         <v>102</v>
       </c>
-      <c r="H7" s="266" t="s">
+      <c r="H7" s="196" t="s">
         <v>103</v>
       </c>
-      <c r="I7" s="266" t="s">
+      <c r="I7" s="196" t="s">
         <v>104</v>
       </c>
-      <c r="J7" s="266" t="s">
+      <c r="J7" s="196" t="s">
         <v>145</v>
       </c>
-      <c r="K7" s="266" t="s">
+      <c r="K7" s="196" t="s">
         <v>124</v>
       </c>
-      <c r="L7" s="266" t="str">
+      <c r="L7" s="196" t="str">
         <f>'Facility Information'!A66&amp;" Annual Throughput (gallons/yr)"</f>
         <v xml:space="preserve"> Annual Throughput (gallons/yr)</v>
       </c>
-      <c r="M7" s="266" t="s">
+      <c r="M7" s="196" t="s">
         <v>141</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="N7" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A8" s="81"/>
-[...9 lines deleted...]
-      <c r="K8" s="86" t="str">
+      <c r="A8" s="64"/>
+      <c r="B8" s="64"/>
+      <c r="C8" s="65"/>
+      <c r="D8" s="64"/>
+      <c r="E8" s="128"/>
+      <c r="F8" s="66"/>
+      <c r="G8" s="66"/>
+      <c r="H8" s="66"/>
+      <c r="I8" s="66"/>
+      <c r="J8" s="66"/>
+      <c r="K8" s="68" t="str">
         <f>IF(J8="","",J8*0.14)</f>
         <v/>
       </c>
-      <c r="L8" s="83"/>
-      <c r="M8" s="85" t="str">
+      <c r="L8" s="66"/>
+      <c r="M8" s="68" t="str">
         <f>IF(L8="","",L8*0.14)</f>
         <v/>
       </c>
-      <c r="N8" s="6" t="s">
+      <c r="N8" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A9" s="81"/>
-[...9 lines deleted...]
-      <c r="K9" s="86" t="str">
+      <c r="A9" s="64"/>
+      <c r="B9" s="64"/>
+      <c r="C9" s="65"/>
+      <c r="D9" s="64"/>
+      <c r="E9" s="128"/>
+      <c r="F9" s="66"/>
+      <c r="G9" s="66"/>
+      <c r="H9" s="66"/>
+      <c r="I9" s="66"/>
+      <c r="J9" s="66"/>
+      <c r="K9" s="68" t="str">
         <f>IF(J9="","",J9*0.14)</f>
         <v/>
       </c>
-      <c r="L9" s="83"/>
-      <c r="M9" s="85" t="str">
+      <c r="L9" s="66"/>
+      <c r="M9" s="68" t="str">
         <f>IF(L9="","",L9*0.14)</f>
         <v/>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A10" s="81"/>
-[...9 lines deleted...]
-      <c r="K10" s="86" t="str">
+      <c r="A10" s="64"/>
+      <c r="B10" s="64"/>
+      <c r="C10" s="65"/>
+      <c r="D10" s="64"/>
+      <c r="E10" s="128"/>
+      <c r="F10" s="66"/>
+      <c r="G10" s="66"/>
+      <c r="H10" s="66"/>
+      <c r="I10" s="66"/>
+      <c r="J10" s="66"/>
+      <c r="K10" s="68" t="str">
         <f>IF(J10="","",J10*0.14)</f>
         <v/>
       </c>
-      <c r="L10" s="83"/>
-      <c r="M10" s="85" t="str">
+      <c r="L10" s="66"/>
+      <c r="M10" s="68" t="str">
         <f>IF(L10="","",L10*0.14)</f>
         <v/>
       </c>
-      <c r="N10" s="6">
+      <c r="N10">
         <f>COUNTIF(C8:C12,"Diesel Generator ≤ 600 bhp")</f>
         <v>0</v>
       </c>
-      <c r="O10" s="72" t="s">
+      <c r="O10" s="59" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A11" s="81"/>
-[...9 lines deleted...]
-      <c r="K11" s="86" t="str">
+      <c r="A11" s="64"/>
+      <c r="B11" s="64"/>
+      <c r="C11" s="65"/>
+      <c r="D11" s="64"/>
+      <c r="E11" s="128"/>
+      <c r="F11" s="66"/>
+      <c r="G11" s="66"/>
+      <c r="H11" s="66"/>
+      <c r="I11" s="66"/>
+      <c r="J11" s="66"/>
+      <c r="K11" s="68" t="str">
         <f>IF(J11="","",J11*0.14)</f>
         <v/>
       </c>
-      <c r="L11" s="83"/>
-      <c r="M11" s="85" t="str">
+      <c r="L11" s="66"/>
+      <c r="M11" s="68" t="str">
         <f>IF(L11="","",L11*0.14)</f>
         <v/>
       </c>
-      <c r="N11" s="6">
+      <c r="N11">
         <f>COUNTIF(C8:C12,"Diesel Generator&gt; 600 bhp")</f>
         <v>0</v>
       </c>
-      <c r="O11" s="6" t="s">
+      <c r="O11" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A12" s="81"/>
-[...9 lines deleted...]
-      <c r="K12" s="86" t="str">
+      <c r="A12" s="64"/>
+      <c r="B12" s="64"/>
+      <c r="C12" s="65"/>
+      <c r="D12" s="64"/>
+      <c r="E12" s="128"/>
+      <c r="F12" s="66"/>
+      <c r="G12" s="66"/>
+      <c r="H12" s="66"/>
+      <c r="I12" s="66"/>
+      <c r="J12" s="66"/>
+      <c r="K12" s="68" t="str">
         <f>IF(J12="","",J12*0.14)</f>
         <v/>
       </c>
-      <c r="L12" s="83"/>
-      <c r="M12" s="85" t="str">
+      <c r="L12" s="66"/>
+      <c r="M12" s="68" t="str">
         <f>IF(L12="","",L12*0.14)</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="lm3/2eC3cSdsjMTA8YQkd6TWEZgpn30IMF9b4bFiawISRJWhX/pRX7gp6JYGrrrfnjqjMivr1IY7thHk7XcojQ==" saltValue="9DKagw66bNOFBA57RGjFvA==" spinCount="100000" sheet="1"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8:C12" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>Gen</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="75" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O128"/>
+  <dimension ref="A1:Q128"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B1" sqref="A1:XFD1"/>
+      <selection activeCell="J69" sqref="J69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9" style="39" hidden="1" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="39"/>
+    <col min="1" max="1" width="5.5703125" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="5" customWidth="1"/>
+    <col min="3" max="3" width="35.28515625" customWidth="1"/>
+    <col min="4" max="4" width="9" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.42578125" customWidth="1"/>
+    <col min="6" max="6" width="11" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="11.42578125" customWidth="1"/>
+    <col min="9" max="9" width="11.140625" style="6" customWidth="1"/>
+    <col min="10" max="10" width="11.85546875" customWidth="1"/>
+    <col min="11" max="11" width="21.28515625" customWidth="1"/>
+    <col min="12" max="12" width="17.85546875" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="1.7109375" hidden="1" customWidth="1"/>
+    <col min="14" max="14" width="9.28515625" customWidth="1"/>
+    <col min="15" max="15" width="17.42578125" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="16" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B1" s="269" t="s">
+    <row r="1" spans="1:17" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="B1" s="37" t="s">
         <v>136</v>
       </c>
-      <c r="C1" s="269"/>
-[...3 lines deleted...]
-      <c r="B2" s="322" t="s">
+      <c r="C1" s="37"/>
+      <c r="D1" s="37"/>
+    </row>
+    <row r="2" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="232" t="s">
         <v>246</v>
       </c>
-      <c r="C2" s="189"/>
-[...4 lines deleted...]
-      <c r="B3" s="299" t="s">
+      <c r="C2" s="134"/>
+      <c r="D2" s="132"/>
+    </row>
+    <row r="3" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="216" t="s">
         <v>23</v>
       </c>
-      <c r="C3" s="299"/>
-[...10 lines deleted...]
-      <c r="B4" s="270" t="s">
+      <c r="C3" s="216"/>
+      <c r="D3" s="37"/>
+      <c r="M3" s="82"/>
+    </row>
+    <row r="4" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="B4" s="199" t="s">
         <v>18</v>
       </c>
-      <c r="C4" s="260" t="s">
+      <c r="C4" s="188" t="s">
         <v>19</v>
       </c>
-      <c r="D4" s="270" t="s">
+      <c r="D4" s="199" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="260" t="s">
+      <c r="E4" s="188" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="249" t="s">
+      <c r="F4" s="184" t="s">
         <v>51</v>
       </c>
-      <c r="G4" s="260" t="s">
+      <c r="G4" s="184" t="s">
+        <v>269</v>
+      </c>
+      <c r="H4" s="184" t="s">
+        <v>51</v>
+      </c>
+      <c r="I4" s="188" t="s">
         <v>20</v>
       </c>
-      <c r="H4" s="249" t="s">
+      <c r="J4" s="184" t="s">
         <v>51</v>
       </c>
-      <c r="I4" s="254" t="s">
+      <c r="K4" s="188" t="s">
         <v>212</v>
       </c>
-      <c r="J4" s="260" t="s">
+      <c r="L4" s="188" t="s">
         <v>139</v>
       </c>
-      <c r="K4" s="158"/>
-      <c r="L4" s="271" t="s">
+      <c r="M4" s="109"/>
+      <c r="N4" s="200" t="s">
         <v>22</v>
       </c>
-      <c r="M4" s="260" t="s">
+      <c r="O4" s="188" t="s">
         <v>140</v>
       </c>
-      <c r="N4" s="260" t="s">
+      <c r="P4" s="188" t="s">
         <v>21</v>
       </c>
-      <c r="O4" s="260" t="s">
+      <c r="Q4" s="188" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A5" s="39" t="str">
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" t="str">
         <f>IF('Facility Information'!F34="","",'Facility Information'!F34/'Facility Information'!G34*'Facility Processes'!$H$6/2000)</f>
         <v/>
       </c>
-      <c r="B5" s="56" t="str">
+      <c r="B5" s="7" t="str">
         <f>IF('Facility Processes'!B6="","",'Facility Processes'!B6)</f>
         <v/>
       </c>
-      <c r="C5" s="144" t="str">
+      <c r="C5" s="94" t="str">
         <f>IF('Facility Processes'!C6="","",'Facility Processes'!C6)</f>
         <v/>
       </c>
-      <c r="D5" s="91" t="str">
+      <c r="D5" s="8" t="str">
         <f>IF('Facility Processes'!C6="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
         <v/>
       </c>
-      <c r="E5" s="56" t="str">
+      <c r="E5" s="7" t="str">
         <f>IF('Facility Processes'!G6="","",'Facility Processes'!G6)</f>
         <v/>
       </c>
-      <c r="F5" s="56" t="str">
+      <c r="F5" s="7" t="str">
         <f>IF('Facility Processes'!G6="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G5" s="145" t="str">
+      <c r="G5" s="7" t="str">
+        <f>IF('Facility Processes'!H6="","",'Facility Processes'!H6)</f>
+        <v/>
+      </c>
+      <c r="H5" s="7" t="str">
+        <f>IF('Facility Processes'!G6="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I5" s="102" t="str">
         <f>IF('Facility Processes'!C6="","",IF('Facility Information'!F36&gt;0,('Facility Information'!F36/'Facility Information'!G36),IF(('Facility Processes'!H6*A9/2000)&gt;A5,('Facility Information'!F34/'Facility Information'!G34),IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!E12:E17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!E5:E10))))))</f>
         <v/>
       </c>
-      <c r="H5" s="146" t="str">
-[...27 lines deleted...]
-      <c r="A6" s="39" t="str">
+      <c r="J5" s="103" t="str">
+        <f>IF(I5="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K5" s="86" t="str">
+        <f>IF(I5="","",IF(Q5=A5,"Stack Test",IF('Facility Information'!F36="",LOOKUP(C5,'Emission Factors'!A5:A10,'Emission Factors'!D5:D10),"Stack Test")))</f>
+        <v/>
+      </c>
+      <c r="L5" s="38" t="str">
+        <f>IF(I5="","",IF('Facility Information'!$B$26="NO",E5*I5,""))</f>
+        <v/>
+      </c>
+      <c r="M5" s="38"/>
+      <c r="N5" s="7"/>
+      <c r="O5" s="38" t="str">
+        <f>IF(I5="","",IF('Facility Information'!$B$26="YES",E5*I5,""))</f>
+        <v/>
+      </c>
+      <c r="P5" s="38" t="str">
+        <f>IF(I5="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I5/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*E5*I5/2000,E5*I5*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q5" s="38" t="str">
+        <f>IF('Facility Processes'!C6="","",IF('Facility Information'!F36&gt;0,('Facility Information'!F36/'Facility Information'!G36*'Facility Processes'!H6/2000),IF(('Facility Processes'!H6*'Emission Calculations'!I5/2000)&gt;A5,A5,('Facility Processes'!H6*'Emission Calculations'!I5/2000))))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" t="str">
         <f>IF('Facility Information'!F35="","",'Facility Information'!F35/'Facility Information'!G35*'Facility Processes'!$H$6/2000)</f>
         <v/>
       </c>
-      <c r="B6" s="56" t="str">
+      <c r="B6" s="7" t="str">
         <f>IF('Facility Processes'!B14="","",'Facility Processes'!B14)</f>
         <v/>
       </c>
-      <c r="C6" s="144" t="str">
+      <c r="C6" s="94" t="str">
         <f>IF('Facility Processes'!G14="","",'Facility Processes'!C14)</f>
         <v/>
       </c>
-      <c r="D6" s="91" t="str">
+      <c r="D6" s="8" t="str">
         <f>IF(C6="","",LOOKUP(C6,'Emission Factors'!A23,'Emission Factors'!C23))</f>
         <v/>
       </c>
-      <c r="E6" s="56" t="str">
+      <c r="E6" s="7" t="str">
         <f>IF('Facility Processes'!G14="","",'Facility Processes'!G14)</f>
         <v/>
       </c>
-      <c r="F6" s="56" t="str">
+      <c r="F6" s="7" t="str">
         <f>IF('Facility Processes'!G14="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G6" s="145" t="str">
+      <c r="G6" s="7" t="str">
+        <f>IF('Facility Processes'!H14="","",'Facility Processes'!H14)</f>
+        <v/>
+      </c>
+      <c r="H6" s="7" t="str">
+        <f>IF('Facility Processes'!G14="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I6" s="102" t="str">
         <f>IF(C6="","",'Emission Factors'!E23)</f>
         <v/>
       </c>
-      <c r="H6" s="146" t="str">
-[...24 lines deleted...]
-      <c r="A7" s="39" t="str">
+      <c r="J6" s="103" t="str">
+        <f>IF(I6="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K6" s="91" t="str">
+        <f>IF(I6="","",'Emission Factors'!D23)</f>
+        <v/>
+      </c>
+      <c r="L6" s="38" t="str">
+        <f>IF(I6="","",I6*E6)</f>
+        <v/>
+      </c>
+      <c r="M6" s="38"/>
+      <c r="N6" s="7"/>
+      <c r="O6" s="38"/>
+      <c r="P6" s="38" t="str">
+        <f>IF(I6="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I6/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*E6*I6/2000,E6*I6*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q6" s="38" t="str">
+        <f>IF('Facility Processes'!H14="","",'Facility Processes'!H14*'Emission Calculations'!I6/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" t="str">
         <f>IF('Facility Information'!F36="","",'Facility Information'!F36/'Facility Information'!G36*'Facility Processes'!$H$6/2000)</f>
         <v/>
       </c>
-      <c r="B7" s="56" t="str">
+      <c r="B7" s="7" t="str">
         <f>IF('Facility Processes'!B15="","",'Facility Processes'!B15)</f>
         <v/>
       </c>
-      <c r="C7" s="144" t="str">
+      <c r="C7" s="94" t="str">
         <f>IF('Facility Processes'!G15="","",'Facility Processes'!C15)</f>
         <v/>
       </c>
-      <c r="D7" s="91" t="str">
+      <c r="D7" s="8" t="str">
         <f>IF(C7="","",LOOKUP(C7,'Emission Factors'!A24,'Emission Factors'!C24))</f>
         <v/>
       </c>
-      <c r="E7" s="56" t="str">
+      <c r="E7" s="7" t="str">
         <f>IF('Facility Processes'!G15="","",'Facility Processes'!G15)</f>
         <v/>
       </c>
-      <c r="F7" s="56" t="str">
+      <c r="F7" s="7" t="str">
         <f>IF('Facility Processes'!G15="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G7" s="145" t="str">
+      <c r="G7" s="7" t="str">
+        <f>IF('Facility Processes'!H15="","",'Facility Processes'!H15)</f>
+        <v/>
+      </c>
+      <c r="H7" s="7" t="str">
+        <f>IF('Facility Processes'!G15="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I7" s="102" t="str">
         <f>IF(C7="","",'Emission Factors'!E24)</f>
         <v/>
       </c>
-      <c r="H7" s="146" t="str">
-[...24 lines deleted...]
-      <c r="B8" s="56" t="str">
+      <c r="J7" s="103" t="str">
+        <f>IF(I7="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K7" s="91" t="str">
+        <f>IF(I7="","",'Emission Factors'!D24)</f>
+        <v/>
+      </c>
+      <c r="L7" s="38" t="str">
+        <f>IF(I7="","",I7*E7)</f>
+        <v/>
+      </c>
+      <c r="M7" s="38"/>
+      <c r="N7" s="7"/>
+      <c r="O7" s="38"/>
+      <c r="P7" s="38" t="str">
+        <f>IF(I7="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I7/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*E7*I7/2000,E7*I7*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q7" s="38" t="str">
+        <f>IF('Facility Processes'!H15="","",'Facility Processes'!H15*'Emission Calculations'!I7/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B8" s="7" t="str">
         <f>IF('Facility Processes'!B16="","",'Facility Processes'!B16)</f>
         <v/>
       </c>
-      <c r="C8" s="144" t="str">
+      <c r="C8" s="94" t="str">
         <f>IF('Facility Processes'!G16="","",'Facility Processes'!C16)</f>
         <v/>
       </c>
-      <c r="D8" s="91" t="str">
+      <c r="D8" s="8" t="str">
         <f>IF(C8="","",LOOKUP(C8,'Emission Factors'!A25,'Emission Factors'!C25))</f>
         <v/>
       </c>
-      <c r="E8" s="56" t="str">
+      <c r="E8" s="7" t="str">
         <f>IF('Facility Processes'!G16="","",'Facility Processes'!G16)</f>
         <v/>
       </c>
-      <c r="F8" s="56" t="str">
+      <c r="F8" s="7" t="str">
         <f>IF('Facility Processes'!G16="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G8" s="145" t="str">
+      <c r="G8" s="7" t="str">
+        <f>IF('Facility Processes'!H16="","",'Facility Processes'!H16)</f>
+        <v/>
+      </c>
+      <c r="H8" s="7" t="str">
+        <f>IF('Facility Processes'!G16="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I8" s="102" t="str">
         <f>IF(C8="","",'Emission Factors'!E25)</f>
         <v/>
       </c>
-      <c r="H8" s="146" t="str">
-[...24 lines deleted...]
-      <c r="A9" s="39" t="str">
+      <c r="J8" s="103" t="str">
+        <f>IF(I8="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K8" s="104" t="str">
+        <f>IF(I8="","",'Emission Factors'!D25)</f>
+        <v/>
+      </c>
+      <c r="L8" s="38" t="str">
+        <f>IF(I8="","",IF('Facility Processes'!I16="",I8*E8,I8*E8*'Facility Processes'!I16))</f>
+        <v/>
+      </c>
+      <c r="M8" s="38"/>
+      <c r="N8" s="7"/>
+      <c r="O8" s="38"/>
+      <c r="P8" s="38" t="str">
+        <f>IF(I8="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I8/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*E8*I8/2000,E8*I8*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q8" s="38" t="str">
+        <f>IF('Facility Processes'!H16="","",'Facility Processes'!H16*'Emission Calculations'!I8/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!E12:E17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!E5:E10)))</f>
         <v/>
       </c>
-      <c r="B9" s="56" t="str">
+      <c r="B9" s="7" t="str">
         <f>IF('Facility Processes'!B20="","",'Facility Processes'!B20)</f>
         <v/>
       </c>
-      <c r="C9" s="144" t="str">
+      <c r="C9" s="94" t="str">
         <f>IF('Facility Processes'!G20="","",'Facility Processes'!C20)</f>
         <v/>
       </c>
-      <c r="D9" s="91" t="str">
+      <c r="D9" s="8" t="str">
         <f>IF(C9="","",LOOKUP(C9,'Emission Factors'!A26,'Emission Factors'!C26))</f>
         <v/>
       </c>
-      <c r="E9" s="56" t="str">
+      <c r="E9" s="7" t="str">
         <f>IF('Facility Processes'!G20="","",'Facility Processes'!G20)</f>
         <v/>
       </c>
-      <c r="F9" s="56" t="str">
+      <c r="F9" s="7" t="str">
         <f>IF('Facility Processes'!G20="","","acre-day")</f>
         <v/>
       </c>
-      <c r="G9" s="145" t="str">
+      <c r="G9" s="7" t="str">
+        <f>IF('Facility Processes'!H20="","",'Facility Processes'!H20*365)</f>
+        <v/>
+      </c>
+      <c r="H9" s="7" t="str">
+        <f>IF('Facility Processes'!G20="","","acre-day/yr")</f>
+        <v/>
+      </c>
+      <c r="I9" s="102" t="str">
         <f>IF(C9="","",'Emission Factors'!E26)</f>
         <v/>
       </c>
-      <c r="H9" s="146" t="str">
-[...24 lines deleted...]
-      <c r="B10" s="56" t="str">
+      <c r="J9" s="103" t="str">
+        <f>IF(I9="","",'Emission Factors'!F26)</f>
+        <v/>
+      </c>
+      <c r="K9" s="91" t="str">
+        <f>IF(I9="","",'Emission Factors'!D26)</f>
+        <v/>
+      </c>
+      <c r="L9" s="38" t="str">
+        <f>IF(I9="","",'Facility Processes'!G20*I9*(1/24))</f>
+        <v/>
+      </c>
+      <c r="M9" s="38"/>
+      <c r="N9" s="7"/>
+      <c r="O9" s="38"/>
+      <c r="P9" s="38" t="str">
+        <f>IF('Facility Processes'!G20="","",'Facility Processes'!G20*I9*365/2000)</f>
+        <v/>
+      </c>
+      <c r="Q9" s="38" t="str">
+        <f>IF('Facility Processes'!G20="","",'Facility Processes'!H20*'Facility Processes'!I20*I9/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B10" s="7" t="str">
         <f>IF('Facility Processes'!B25="","",'Facility Processes'!B25)</f>
         <v/>
       </c>
-      <c r="C10" s="147" t="str">
+      <c r="C10" s="104" t="str">
         <f>IF('Facility Processes'!G25="","",'Facility Processes'!C25)</f>
         <v/>
       </c>
-      <c r="D10" s="91" t="str">
+      <c r="D10" s="8" t="str">
         <f>IF(C10="","","30500290")</f>
         <v/>
       </c>
-      <c r="E10" s="59" t="str">
-[...7 lines deleted...]
-      <c r="G10" s="146" t="str">
+      <c r="E10" s="38" t="str">
+        <f>IF(I10="","",'Facility Processes'!$D$30*'Facility Processes'!$K$25/8760)</f>
+        <v/>
+      </c>
+      <c r="F10" s="7" t="str">
+        <f>IF(I10="","","vmt/hr")</f>
+        <v/>
+      </c>
+      <c r="G10" s="38" t="str">
+        <f>IF(J10="","",'Facility Processes'!$D$31*'Facility Processes'!$K$25)</f>
+        <v/>
+      </c>
+      <c r="H10" s="38" t="str">
+        <f>IF(I10="","","vmt/yr")</f>
+        <v/>
+      </c>
+      <c r="I10" s="103" t="str">
         <f>IF('Facility Processes'!$G$25="","",(0.15*(('Facility Processes'!$D$32/12)^0.9)*(('Facility Processes'!$D$28/3)^0.45)*((365-'Facility Processes'!$D$33)/365)))</f>
         <v/>
       </c>
-      <c r="H10" s="56" t="str">
-[...12 lines deleted...]
-        <f>IF(L10="",0,L10)</f>
+      <c r="J10" s="7" t="str">
+        <f>IF(I10="","","lb/vmt")</f>
+        <v/>
+      </c>
+      <c r="K10" s="91" t="str">
+        <f>IF(I10="","","AP-42 Ch 13.2.2")</f>
+        <v/>
+      </c>
+      <c r="L10" s="38" t="str">
+        <f>IF(I10="","",P10/((100-M10)/100)*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="M10" s="92">
+        <f>IF(N10="",0,N10)</f>
         <v>0</v>
       </c>
-      <c r="L10" s="56" t="str">
+      <c r="N10" s="7" t="str">
         <f>IF('Facility Processes'!G25="","",IF('Facility Processes'!D34="NO","",40))</f>
         <v/>
       </c>
-      <c r="M10" s="59" t="str">
-[...13 lines deleted...]
-      <c r="B11" s="56" t="str">
+      <c r="O10" s="38" t="str">
+        <f>IF(N10="","",P10*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="P10" s="38" t="str">
+        <f>IF(I10="","",IF(N10="",I10*'Facility Processes'!$D$30*'Facility Processes'!$K$25/2000,I10*'Facility Processes'!$D$30*'Facility Processes'!$K$25/2000*(100-M10)/100))</f>
+        <v/>
+      </c>
+      <c r="Q10" s="38" t="str">
+        <f>IF(I10="","",IF(N10="",'Facility Processes'!$D$31*'Facility Processes'!$K$25*I10/2000, 'Facility Processes'!$D$31*'Facility Processes'!$K$25*I10/2000*((100-N10)/100)))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B11" s="7" t="str">
         <f>IF('Facility Processes'!B38="","",'Facility Processes'!B38)</f>
         <v/>
       </c>
-      <c r="C11" s="147" t="str">
+      <c r="C11" s="104" t="str">
         <f>IF('Facility Processes'!G38="","",'Facility Processes'!C38)</f>
         <v/>
       </c>
-      <c r="D11" s="91" t="str">
+      <c r="D11" s="8" t="str">
         <f>IF(C11="","","30500290")</f>
         <v/>
       </c>
-      <c r="E11" s="59" t="str">
-[...7 lines deleted...]
-      <c r="G11" s="146" t="str">
+      <c r="E11" s="38" t="str">
+        <f>IF(I11="","",'Facility Processes'!$D$43*'Facility Processes'!$K$38/8760)</f>
+        <v/>
+      </c>
+      <c r="F11" s="7" t="str">
+        <f>IF(I11="","","vmt/hr")</f>
+        <v/>
+      </c>
+      <c r="G11" s="38" t="str">
+        <f>IF(I11="","",'Facility Processes'!$D$44*'Facility Processes'!$K$38)</f>
+        <v/>
+      </c>
+      <c r="H11" s="38" t="str">
+        <f>IF(I11="","","vmt/yr")</f>
+        <v/>
+      </c>
+      <c r="I11" s="103" t="str">
         <f>IF('Facility Processes'!$G$38="","",(0.15*(('Facility Processes'!$D$45/12)^0.9)*(('Facility Processes'!$D$41/3)^0.45)*((365-'Facility Processes'!$D$46)/365)))</f>
         <v/>
       </c>
-      <c r="H11" s="56" t="str">
-[...12 lines deleted...]
-        <f>IF(L11="",0,L11)</f>
+      <c r="J11" s="7" t="str">
+        <f>IF(I11="","","lb/vmt")</f>
+        <v/>
+      </c>
+      <c r="K11" s="91" t="str">
+        <f>IF(I11="","","AP-42 Ch 13.2.2")</f>
+        <v/>
+      </c>
+      <c r="L11" s="38" t="str">
+        <f>IF(I11="","",P11/((100-M11)/100)*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="M11" s="92">
+        <f>IF(N11="",0,N11)</f>
         <v>0</v>
       </c>
-      <c r="L11" s="56" t="str">
+      <c r="N11" s="7" t="str">
         <f>IF('Facility Processes'!G38="","",IF('Facility Processes'!D47="NO","",40))</f>
         <v/>
       </c>
-      <c r="M11" s="59" t="str">
-[...13 lines deleted...]
-      <c r="B12" s="56" t="str">
+      <c r="O11" s="38" t="str">
+        <f>IF(N11="","",P11*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="P11" s="38" t="str">
+        <f>IF(I11="","",IF(N11="",I11*'Facility Processes'!$D$43*'Facility Processes'!$K$38/2000,I11*'Facility Processes'!$D$43*'Facility Processes'!$K$38/2000*(100-M11)/100))</f>
+        <v/>
+      </c>
+      <c r="Q11" s="38" t="str">
+        <f>IF(I11="","",IF(N11="",'Facility Processes'!$D$44*'Facility Processes'!$K$38*I11/2000, 'Facility Processes'!$D$44*'Facility Processes'!$K$38*I11/2000*((100-N11)/100)))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B12" s="7" t="str">
         <f>IF('Facility Processes'!B52="","",'Facility Processes'!B52)</f>
         <v/>
       </c>
-      <c r="C12" s="147" t="str">
+      <c r="C12" s="104" t="str">
         <f>IF('Facility Processes'!G52="","",'Facility Processes'!C52)</f>
         <v/>
       </c>
-      <c r="D12" s="91" t="str">
+      <c r="D12" s="8" t="str">
         <f>IF(C12="","","30500290")</f>
         <v/>
       </c>
-      <c r="E12" s="59" t="str">
-[...7 lines deleted...]
-      <c r="G12" s="146" t="str">
+      <c r="E12" s="38" t="str">
+        <f>IF(I12="","",'Facility Processes'!$D$57*'Facility Processes'!$K$52/8760)</f>
+        <v/>
+      </c>
+      <c r="F12" s="7" t="str">
+        <f>IF(I12="","","vmt/hr")</f>
+        <v/>
+      </c>
+      <c r="G12" s="38" t="str">
+        <f>IF(I12="","",'Facility Processes'!$D$58*'Facility Processes'!$K$52)</f>
+        <v/>
+      </c>
+      <c r="H12" s="38" t="str">
+        <f>IF(I12="","","vmt/yr")</f>
+        <v/>
+      </c>
+      <c r="I12" s="103" t="str">
         <f>IF('Facility Processes'!$G$52="","",(0.00054*('Facility Processes'!$D$59^0.91)*('Facility Processes'!$D$55^1.02))*((1-('Facility Processes'!$D$60)/1460)))</f>
         <v/>
       </c>
-      <c r="H12" s="56" t="str">
-[...24 lines deleted...]
-      <c r="B13" s="56" t="str">
+      <c r="J12" s="7" t="str">
+        <f>IF(I12="","","lb/vmt")</f>
+        <v/>
+      </c>
+      <c r="K12" s="91" t="str">
+        <f>IF(I12="","","AP-42 Ch 13.2.1")</f>
+        <v/>
+      </c>
+      <c r="L12" s="38" t="str">
+        <f>IF(I12="","",P12*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="M12" s="92"/>
+      <c r="N12" s="7"/>
+      <c r="O12" s="38"/>
+      <c r="P12" s="38" t="str">
+        <f>IF(I12="","",I12*'Facility Processes'!$D$57*'Facility Processes'!$K$52/2000)</f>
+        <v/>
+      </c>
+      <c r="Q12" s="38" t="str">
+        <f>IF(I12="","",'Facility Processes'!$D$58*'Facility Processes'!$K$52*I12/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B13" s="7" t="str">
         <f>IF('Facility Processes'!B64="","",'Facility Processes'!B64)</f>
         <v/>
       </c>
-      <c r="C13" s="147" t="str">
+      <c r="C13" s="104" t="str">
         <f>IF('Facility Processes'!G64="","",'Facility Processes'!C64)</f>
         <v/>
       </c>
-      <c r="D13" s="91" t="str">
+      <c r="D13" s="8" t="str">
         <f>IF(C13="","","30500290")</f>
         <v/>
       </c>
-      <c r="E13" s="59" t="str">
-[...7 lines deleted...]
-      <c r="G13" s="146" t="str">
+      <c r="E13" s="38" t="str">
+        <f>IF(I13="","",'Facility Processes'!$D$69*'Facility Processes'!$K$64/8760)</f>
+        <v/>
+      </c>
+      <c r="F13" s="7" t="str">
+        <f>IF(I13="","","vmt/hr")</f>
+        <v/>
+      </c>
+      <c r="G13" s="38" t="str">
+        <f>IF(I13="","",'Facility Processes'!$D$70*'Facility Processes'!$K$64)</f>
+        <v/>
+      </c>
+      <c r="H13" s="38" t="str">
+        <f>IF(I13="","","vmt/yr")</f>
+        <v/>
+      </c>
+      <c r="I13" s="103" t="str">
         <f>IF('Facility Processes'!$G$64="","",(0.00054*('Facility Processes'!$D$71^0.91)*('Facility Processes'!$D$67^1.02))*((1-('Facility Processes'!$D$72)/1460)))</f>
         <v/>
       </c>
-      <c r="H13" s="56" t="str">
-[...24 lines deleted...]
-      <c r="B14" s="56" t="str">
+      <c r="J13" s="7" t="str">
+        <f>IF(I13="","","lb/vmt")</f>
+        <v/>
+      </c>
+      <c r="K13" s="91" t="str">
+        <f>IF(I13="","","AP-42 Ch 13.2.1")</f>
+        <v/>
+      </c>
+      <c r="L13" s="38" t="str">
+        <f>IF(I13="","",P13*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="M13" s="92"/>
+      <c r="N13" s="7"/>
+      <c r="O13" s="8"/>
+      <c r="P13" s="38" t="str">
+        <f>IF(I13="","",I13*'Facility Processes'!$D$69*'Facility Processes'!$K$64/2000)</f>
+        <v/>
+      </c>
+      <c r="Q13" s="38" t="str">
+        <f>IF(I13="","",'Facility Processes'!$D$70*'Facility Processes'!$K$64*I13/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B14" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A8="","",'Permitted Diesel Engines'!A8)</f>
         <v/>
       </c>
-      <c r="C14" s="144" t="str">
+      <c r="C14" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!C8)</f>
         <v/>
       </c>
-      <c r="D14" s="91" t="str">
+      <c r="D14" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!A44:A45,'Emission Factors'!C44:C45))</f>
         <v/>
       </c>
-      <c r="E14" s="56" t="str">
+      <c r="E14" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!K8)</f>
         <v/>
       </c>
-      <c r="F14" s="56" t="str">
+      <c r="F14" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G14" s="146" t="str">
+      <c r="G14" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!M8)</f>
+        <v/>
+      </c>
+      <c r="H14" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I14" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$E$44:$E$45))</f>
         <v/>
       </c>
-      <c r="H14" s="56" t="str">
+      <c r="J14" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I14" s="119" t="str">
+      <c r="K14" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$F$44:$F$45))</f>
         <v/>
       </c>
-      <c r="J14" s="59" t="str">
-[...16 lines deleted...]
-      <c r="B15" s="56" t="str">
+      <c r="L14" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Emission Calculations'!E14*'Emission Calculations'!I14)</f>
+        <v/>
+      </c>
+      <c r="M14" s="38"/>
+      <c r="N14" s="7"/>
+      <c r="O14" s="38"/>
+      <c r="P14" s="38" t="str">
+        <f>IF(I14="","",IF('Permitted Diesel Engines'!D3&gt;0,IF('Permitted Diesel Engines'!N10&gt;0,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!E44/2000,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!E45/2000),IF('Permitted Diesel Engines'!E8&gt;0,'Permitted Diesel Engines'!E8*'Emission Calculations'!I14*E14/2000,'Emission Calculations'!L14*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q14" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!L8*0.14*'Emission Calculations'!I14/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B15" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A9="","",'Permitted Diesel Engines'!A9)</f>
         <v/>
       </c>
-      <c r="C15" s="144" t="str">
+      <c r="C15" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!C9)</f>
         <v/>
       </c>
-      <c r="D15" s="91" t="str">
+      <c r="D15" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E15" s="56" t="str">
+      <c r="E15" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!K9)</f>
         <v/>
       </c>
-      <c r="F15" s="56" t="str">
+      <c r="F15" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G15" s="146" t="str">
+      <c r="G15" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!M9)</f>
+        <v/>
+      </c>
+      <c r="H15" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I15" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$E$44:$E$45))</f>
         <v/>
       </c>
-      <c r="H15" s="56" t="str">
+      <c r="J15" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I15" s="119" t="str">
+      <c r="K15" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$F$44:$F$45))</f>
         <v/>
       </c>
-      <c r="J15" s="59" t="str">
-[...16 lines deleted...]
-      <c r="B16" s="56" t="str">
+      <c r="L15" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Emission Calculations'!E15*'Emission Calculations'!I15)</f>
+        <v/>
+      </c>
+      <c r="M15" s="38"/>
+      <c r="N15" s="7"/>
+      <c r="O15" s="38"/>
+      <c r="P15" s="38" t="str">
+        <f>IF(I15="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E9&gt;0,'Permitted Diesel Engines'!E9*'Emission Calculations'!I15*E15/2000,'Emission Calculations'!L15*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q15" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!L9*0.14*'Emission Calculations'!I15/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B16" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A10="","",'Permitted Diesel Engines'!A10)</f>
         <v/>
       </c>
-      <c r="C16" s="144" t="str">
+      <c r="C16" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!C10)</f>
         <v/>
       </c>
-      <c r="D16" s="91" t="str">
+      <c r="D16" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E16" s="56" t="str">
+      <c r="E16" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!K10)</f>
         <v/>
       </c>
-      <c r="F16" s="56" t="str">
+      <c r="F16" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G16" s="146" t="str">
+      <c r="G16" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!M10)</f>
+        <v/>
+      </c>
+      <c r="H16" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I16" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$E$44:$E$45))</f>
         <v/>
       </c>
-      <c r="H16" s="56" t="str">
+      <c r="J16" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I16" s="119" t="str">
+      <c r="K16" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$F$44:$F$45))</f>
         <v/>
       </c>
-      <c r="J16" s="59" t="str">
-[...16 lines deleted...]
-      <c r="B17" s="56" t="str">
+      <c r="L16" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Emission Calculations'!E16*'Emission Calculations'!I16)</f>
+        <v/>
+      </c>
+      <c r="M16" s="38"/>
+      <c r="N16" s="7"/>
+      <c r="O16" s="38"/>
+      <c r="P16" s="38" t="str">
+        <f>IF(I16="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E10&gt;0,'Permitted Diesel Engines'!E10*'Emission Calculations'!I16*E16/2000,'Emission Calculations'!L16*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q16" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!L10*0.14*'Emission Calculations'!I16/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B17" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A11="","",'Permitted Diesel Engines'!A11)</f>
         <v/>
       </c>
-      <c r="C17" s="144" t="str">
+      <c r="C17" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!C11)</f>
         <v/>
       </c>
-      <c r="D17" s="91" t="str">
+      <c r="D17" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E17" s="56" t="str">
+      <c r="E17" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!K11)</f>
         <v/>
       </c>
-      <c r="F17" s="56" t="str">
+      <c r="F17" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G17" s="146" t="str">
+      <c r="G17" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!M11)</f>
+        <v/>
+      </c>
+      <c r="H17" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I17" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$E$44:$E$45))</f>
         <v/>
       </c>
-      <c r="H17" s="56" t="str">
+      <c r="J17" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I17" s="119" t="str">
+      <c r="K17" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$F$44:$F$45))</f>
         <v/>
       </c>
-      <c r="J17" s="59" t="str">
-[...16 lines deleted...]
-      <c r="B18" s="56" t="str">
+      <c r="L17" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Emission Calculations'!E17*'Emission Calculations'!I17)</f>
+        <v/>
+      </c>
+      <c r="M17" s="38"/>
+      <c r="N17" s="7"/>
+      <c r="O17" s="38"/>
+      <c r="P17" s="38" t="str">
+        <f>IF(I17="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E11&gt;0,'Permitted Diesel Engines'!E11*'Emission Calculations'!I17*E17/2000,'Emission Calculations'!L17*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q17" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!L11*0.14*'Emission Calculations'!I17/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="18" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A12="","",'Permitted Diesel Engines'!A12)</f>
         <v/>
       </c>
-      <c r="C18" s="144" t="str">
+      <c r="C18" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!C12)</f>
         <v/>
       </c>
-      <c r="D18" s="91" t="str">
+      <c r="D18" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E18" s="56" t="str">
+      <c r="E18" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!K12)</f>
         <v/>
       </c>
-      <c r="F18" s="56" t="str">
+      <c r="F18" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G18" s="146" t="str">
+      <c r="G18" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!M12)</f>
+        <v/>
+      </c>
+      <c r="H18" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I18" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$E$44:$E$45))</f>
         <v/>
       </c>
-      <c r="H18" s="56" t="str">
+      <c r="J18" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I18" s="272" t="str">
+      <c r="K18" s="201" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$F$44:$F$45))</f>
         <v/>
       </c>
-      <c r="J18" s="276" t="str">
-[...26 lines deleted...]
-      <c r="L19" s="277" t="s">
+      <c r="L18" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Emission Calculations'!E18*'Emission Calculations'!I18)</f>
+        <v/>
+      </c>
+      <c r="M18" s="204"/>
+      <c r="N18" s="83"/>
+      <c r="O18" s="204"/>
+      <c r="P18" s="204" t="str">
+        <f>IF(I18="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E12&gt;0,'Permitted Diesel Engines'!E12*'Emission Calculations'!I18*E18/2000,'Emission Calculations'!L18*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q18" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!L12*0.14*'Emission Calculations'!I18/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
+      <c r="J19" s="6"/>
+      <c r="K19" s="211"/>
+      <c r="L19" s="212"/>
+      <c r="M19" s="212"/>
+      <c r="N19" s="205" t="s">
         <v>36</v>
       </c>
-      <c r="M19" s="278"/>
-[...1 lines deleted...]
-        <f>SUM(N5:N18)</f>
+      <c r="O19" s="206"/>
+      <c r="P19" s="207">
+        <f>SUM(P5:P18)</f>
         <v>0</v>
       </c>
-      <c r="O19" s="292">
-        <f>SUM(O5:O18)</f>
+      <c r="Q19" s="208">
+        <f>SUM(Q5:Q18)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="B21" s="299" t="s">
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="9"/>
+      <c r="M20" s="9"/>
+      <c r="N20" s="6"/>
+      <c r="O20" s="9"/>
+      <c r="P20" s="9"/>
+      <c r="Q20" s="9"/>
+    </row>
+    <row r="21" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="216" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="299"/>
-[...3 lines deleted...]
-      <c r="G21" s="7"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="37"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
       <c r="H21" s="6"/>
-      <c r="I21" s="6"/>
-[...4 lines deleted...]
-      <c r="B22" s="270" t="s">
+      <c r="M21" s="82"/>
+    </row>
+    <row r="22" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="B22" s="199" t="s">
         <v>18</v>
       </c>
-      <c r="C22" s="260" t="s">
+      <c r="C22" s="188" t="s">
         <v>19</v>
       </c>
-      <c r="D22" s="270" t="s">
+      <c r="D22" s="199" t="s">
         <v>16</v>
       </c>
-      <c r="E22" s="260" t="s">
+      <c r="E22" s="188" t="s">
         <v>17</v>
       </c>
-      <c r="F22" s="249" t="s">
+      <c r="F22" s="184" t="s">
         <v>51</v>
       </c>
-      <c r="G22" s="260" t="s">
+      <c r="G22" s="184" t="s">
+        <v>269</v>
+      </c>
+      <c r="H22" s="184" t="s">
+        <v>51</v>
+      </c>
+      <c r="I22" s="188" t="s">
         <v>20</v>
       </c>
-      <c r="H22" s="249" t="s">
+      <c r="J22" s="184" t="s">
         <v>51</v>
       </c>
-      <c r="I22" s="254" t="s">
+      <c r="K22" s="189" t="s">
         <v>212</v>
       </c>
-      <c r="J22" s="260" t="s">
+      <c r="L22" s="188" t="s">
         <v>139</v>
       </c>
-      <c r="K22" s="155"/>
-      <c r="L22" s="260" t="s">
+      <c r="M22" s="107"/>
+      <c r="N22" s="188" t="s">
         <v>22</v>
       </c>
-      <c r="M22" s="260" t="s">
+      <c r="O22" s="188" t="s">
         <v>140</v>
       </c>
-      <c r="N22" s="260" t="s">
+      <c r="P22" s="188" t="s">
         <v>21</v>
       </c>
-      <c r="O22" s="260" t="s">
+      <c r="Q22" s="188" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A23" s="39" t="str">
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!G12:G17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!G5:G10)))</f>
         <v/>
       </c>
-      <c r="B23" s="56" t="str">
+      <c r="B23" s="7" t="str">
         <f>IF('Facility Processes'!B6="","",'Facility Processes'!B6)</f>
         <v/>
       </c>
-      <c r="C23" s="91" t="str">
+      <c r="C23" s="8" t="str">
         <f>IF('Facility Processes'!C6="","",'Facility Processes'!C6)</f>
         <v/>
       </c>
-      <c r="D23" s="91" t="str">
+      <c r="D23" s="8" t="str">
         <f>IF('Facility Processes'!C6="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
         <v/>
       </c>
-      <c r="E23" s="56" t="str">
+      <c r="E23" s="7" t="str">
         <f>IF('Facility Processes'!G6="","",'Facility Processes'!G6)</f>
         <v/>
       </c>
-      <c r="F23" s="56" t="str">
+      <c r="F23" s="7" t="str">
         <f>IF('Facility Processes'!G6="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G23" s="145" t="str">
+      <c r="G23" s="7" t="str">
+        <f>IF('Facility Processes'!H6="","",'Facility Processes'!H6)</f>
+        <v/>
+      </c>
+      <c r="H23" s="7" t="str">
+        <f>IF('Facility Processes'!G6="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I23" s="102" t="str">
         <f>IF('Facility Processes'!C6="","",IF('Facility Information'!F35&gt;0,('Facility Information'!F35/'Facility Information'!G35),IF(('Facility Processes'!H6*A23/2000)&gt;A5,('Facility Information'!F34/'Facility Information'!G34),IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!G12:G17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!G5:G10))))))</f>
         <v/>
       </c>
-      <c r="H23" s="56" t="str">
-[...27 lines deleted...]
-      <c r="B24" s="56" t="str">
+      <c r="J23" s="7" t="str">
+        <f>IF(I23="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K23" s="86" t="str">
+        <f>IF(I23="","",IF(Q23=A5,"Stack Test",IF('Facility Information'!F35="",LOOKUP(C23,'Emission Factors'!A5:A10,'Emission Factors'!D5:D10),"Stack Test")))</f>
+        <v/>
+      </c>
+      <c r="L23" s="38" t="str">
+        <f>IF(I23="","",IF('Facility Information'!$B$26="NO",E23*I23,""))</f>
+        <v/>
+      </c>
+      <c r="M23" s="38"/>
+      <c r="N23" s="7"/>
+      <c r="O23" s="38" t="str">
+        <f>IF(I23="","",IF('Facility Information'!N30&gt;0,'Facility Information'!N30,IF('Facility Information'!$B$26="YES",E23*I23,"")))</f>
+        <v/>
+      </c>
+      <c r="P23" s="38" t="str">
+        <f>IF(I23="","",IF('Facility Information'!O30&gt;0,'Facility Information'!O30,IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I23/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I23/2000,E23*I23*8760/2000))))</f>
+        <v/>
+      </c>
+      <c r="Q23" s="38" t="str">
+        <f>IF('Facility Processes'!C6="","",IF('Facility Information'!F35&gt;0,('Facility Information'!F35/'Facility Information'!G35*'Facility Processes'!H6/2000),IF(('Facility Processes'!H6*'Emission Calculations'!I23/2000)&gt;A5,A5,('Facility Processes'!H6*'Emission Calculations'!I23/2000))))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B24" s="7" t="str">
         <f>IF('Facility Processes'!$B$14="","",'Facility Processes'!$B$14)</f>
         <v/>
       </c>
-      <c r="C24" s="91" t="str">
+      <c r="C24" s="8" t="str">
         <f>IF('Facility Processes'!$G$14="","",'Facility Processes'!$C$14)</f>
         <v/>
       </c>
-      <c r="D24" s="91" t="str">
+      <c r="D24" s="8" t="str">
         <f>IF(C24="","",LOOKUP(C24,'Emission Factors'!$A$23,'Emission Factors'!$C$23))</f>
         <v/>
       </c>
-      <c r="E24" s="56" t="str">
+      <c r="E24" s="7" t="str">
         <f>IF('Facility Processes'!$G$14="","",'Facility Processes'!$G$14)</f>
         <v/>
       </c>
-      <c r="F24" s="56" t="str">
+      <c r="F24" s="7" t="str">
         <f>IF('Facility Processes'!$G$14="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G24" s="145" t="str">
+      <c r="G24" s="7" t="str">
+        <f>IF('Facility Processes'!$H$14="","",'Facility Processes'!$H$14)</f>
+        <v/>
+      </c>
+      <c r="H24" s="7" t="str">
+        <f>IF('Facility Processes'!$G$14="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I24" s="102" t="str">
         <f>IF(C24="","",'Emission Factors'!$G$23)</f>
         <v/>
       </c>
-      <c r="H24" s="56" t="str">
-[...24 lines deleted...]
-      <c r="B25" s="56" t="str">
+      <c r="J24" s="7" t="str">
+        <f>IF(I24="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K24" s="91" t="str">
+        <f>IF(I24="","",'Emission Factors'!$D$23)</f>
+        <v/>
+      </c>
+      <c r="L24" s="38" t="str">
+        <f>IF(I24="","",I24*E24)</f>
+        <v/>
+      </c>
+      <c r="M24" s="38"/>
+      <c r="N24" s="7"/>
+      <c r="O24" s="38"/>
+      <c r="P24" s="38" t="str">
+        <f>IF('Facility Processes'!G14="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I24/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I24*E24/2000,E24*I24*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q24" s="38" t="str">
+        <f>IF('Facility Processes'!H14="","",'Facility Processes'!H14*I24/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B25" s="7" t="str">
         <f>IF('Facility Processes'!$B$15="","",'Facility Processes'!$B$15)</f>
         <v/>
       </c>
-      <c r="C25" s="91" t="str">
+      <c r="C25" s="8" t="str">
         <f>IF('Facility Processes'!$G$15="","",'Facility Processes'!$C$15)</f>
         <v/>
       </c>
-      <c r="D25" s="91" t="str">
+      <c r="D25" s="8" t="str">
         <f>IF(C25="","",LOOKUP(C25,'Emission Factors'!$A$24,'Emission Factors'!$C$24))</f>
         <v/>
       </c>
-      <c r="E25" s="56" t="str">
+      <c r="E25" s="7" t="str">
         <f>IF('Facility Processes'!$G$15="","",'Facility Processes'!$G$15)</f>
         <v/>
       </c>
-      <c r="F25" s="56" t="str">
+      <c r="F25" s="7" t="str">
         <f>IF('Facility Processes'!$G$15="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G25" s="145" t="str">
+      <c r="G25" s="7" t="str">
+        <f>IF('Facility Processes'!$H$15="","",'Facility Processes'!$H$15)</f>
+        <v/>
+      </c>
+      <c r="H25" s="7" t="str">
+        <f>IF('Facility Processes'!$G$15="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I25" s="102" t="str">
         <f>IF(C25="","",'Emission Factors'!$G$24)</f>
         <v/>
       </c>
-      <c r="H25" s="56" t="str">
-[...24 lines deleted...]
-      <c r="B26" s="56" t="str">
+      <c r="J25" s="7" t="str">
+        <f>IF(I25="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K25" s="91" t="str">
+        <f>IF(I25="","",'Emission Factors'!$D$24)</f>
+        <v/>
+      </c>
+      <c r="L25" s="38" t="str">
+        <f>IF(I25="","",I25*E25)</f>
+        <v/>
+      </c>
+      <c r="M25" s="38"/>
+      <c r="N25" s="7"/>
+      <c r="O25" s="38"/>
+      <c r="P25" s="38" t="str">
+        <f>IF('Facility Processes'!G15="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I25/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I25*E25/2000,E25*I25*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q25" s="38" t="str">
+        <f>IF('Facility Processes'!H15="","",'Facility Processes'!H15*I25/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B26" s="7" t="str">
         <f>IF('Facility Processes'!$B$16="","",'Facility Processes'!$B$16)</f>
         <v/>
       </c>
-      <c r="C26" s="91" t="str">
+      <c r="C26" s="8" t="str">
         <f>IF('Facility Processes'!$G$16="","",'Facility Processes'!$C$16)</f>
         <v/>
       </c>
-      <c r="D26" s="91" t="str">
+      <c r="D26" s="8" t="str">
         <f>IF(C26="","",LOOKUP(C26,'Emission Factors'!$A$25,'Emission Factors'!$C$25))</f>
         <v/>
       </c>
-      <c r="E26" s="56" t="str">
+      <c r="E26" s="7" t="str">
         <f>IF('Facility Processes'!$G$16="","",'Facility Processes'!$G$16)</f>
         <v/>
       </c>
-      <c r="F26" s="56" t="str">
+      <c r="F26" s="7" t="str">
         <f>IF('Facility Processes'!$G$16="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G26" s="145" t="str">
+      <c r="G26" s="7" t="str">
+        <f>IF('Facility Processes'!$H$16="","",'Facility Processes'!$H$16)</f>
+        <v/>
+      </c>
+      <c r="H26" s="7" t="str">
+        <f>IF('Facility Processes'!$G$16="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I26" s="102" t="str">
         <f>IF(C26="","",'Emission Factors'!$G$25)</f>
         <v/>
       </c>
-      <c r="H26" s="56" t="str">
-[...24 lines deleted...]
-      <c r="B27" s="56" t="str">
+      <c r="J26" s="7" t="str">
+        <f>IF(I26="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K26" s="104" t="str">
+        <f>IF(I26="","",'Emission Factors'!$D$25)</f>
+        <v/>
+      </c>
+      <c r="L26" s="38" t="str">
+        <f>IF(I26="","",IF('Facility Processes'!$I$16="",I26*E26,I26*E26*'Facility Processes'!$I$16))</f>
+        <v/>
+      </c>
+      <c r="M26" s="38"/>
+      <c r="N26" s="7"/>
+      <c r="O26" s="38"/>
+      <c r="P26" s="38" t="str">
+        <f>IF('Facility Processes'!G16="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I26/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I26*E26/2000,E26*I26*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q26" s="38" t="str">
+        <f>IF('Facility Processes'!H16="","",'Facility Processes'!H16*I26/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B27" s="7" t="str">
         <f>IF('Facility Processes'!B20="","",'Facility Processes'!B20)</f>
         <v/>
       </c>
-      <c r="C27" s="91" t="str">
+      <c r="C27" s="8" t="str">
         <f>IF('Facility Processes'!G20="","",'Facility Processes'!C20)</f>
         <v/>
       </c>
-      <c r="D27" s="91" t="str">
+      <c r="D27" s="8" t="str">
         <f>IF(C27="","",LOOKUP(C27,'Emission Factors'!A26,'Emission Factors'!C26))</f>
         <v/>
       </c>
-      <c r="E27" s="56" t="str">
+      <c r="E27" s="7" t="str">
         <f>IF('Facility Processes'!G20="","",'Facility Processes'!G20)</f>
         <v/>
       </c>
-      <c r="F27" s="56" t="str">
+      <c r="F27" s="7" t="str">
         <f>IF('Facility Processes'!G20="","","acre-day")</f>
         <v/>
       </c>
-      <c r="G27" s="145" t="str">
+      <c r="G27" s="7" t="str">
+        <f>IF('Facility Processes'!H20="","",'Facility Processes'!H20*365)</f>
+        <v/>
+      </c>
+      <c r="H27" s="7" t="str">
+        <f>IF('Facility Processes'!G20="","","acre-day/yr")</f>
+        <v/>
+      </c>
+      <c r="I27" s="102" t="str">
         <f>IF(C27="","",'Emission Factors'!G26)</f>
         <v/>
       </c>
-      <c r="H27" s="56" t="str">
-[...24 lines deleted...]
-      <c r="B28" s="56" t="str">
+      <c r="J27" s="7" t="str">
+        <f>IF(I27="","",'Emission Factors'!H26)</f>
+        <v/>
+      </c>
+      <c r="K27" s="91" t="str">
+        <f>IF(I27="","",'Emission Factors'!D26)</f>
+        <v/>
+      </c>
+      <c r="L27" s="38" t="str">
+        <f>IF(I27="","",'Facility Processes'!G20*I27*(1/24))</f>
+        <v/>
+      </c>
+      <c r="M27" s="38"/>
+      <c r="N27" s="7"/>
+      <c r="O27" s="38"/>
+      <c r="P27" s="38" t="str">
+        <f>IF('Facility Processes'!G20="","",'Facility Processes'!G20*I27*365/2000)</f>
+        <v/>
+      </c>
+      <c r="Q27" s="38" t="str">
+        <f>IF('Facility Processes'!G20="","",'Facility Processes'!H20*'Facility Processes'!I20*I27/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B28" s="7" t="str">
         <f>IF('Facility Processes'!B25="","",'Facility Processes'!B25)</f>
         <v/>
       </c>
-      <c r="C28" s="100" t="str">
+      <c r="C28" s="78" t="str">
         <f>IF('Facility Processes'!G25="","",'Facility Processes'!C25)</f>
         <v/>
       </c>
-      <c r="D28" s="91" t="str">
+      <c r="D28" s="8" t="str">
         <f>IF(C28="","","30500290")</f>
         <v/>
       </c>
-      <c r="E28" s="59" t="str">
-[...7 lines deleted...]
-      <c r="G28" s="146" t="str">
+      <c r="E28" s="38" t="str">
+        <f>IF(I28="","",'Facility Processes'!$D$30*'Facility Processes'!$K$25/8760)</f>
+        <v/>
+      </c>
+      <c r="F28" s="7" t="str">
+        <f>IF(I28="","","vmt/hr")</f>
+        <v/>
+      </c>
+      <c r="G28" s="38" t="str">
+        <f>IF(I28="","",'Facility Processes'!$D$31*'Facility Processes'!$K$25)</f>
+        <v/>
+      </c>
+      <c r="H28" s="38" t="str">
+        <f>IF(I28="","","vmt/yr")</f>
+        <v/>
+      </c>
+      <c r="I28" s="103" t="str">
         <f>IF('Facility Processes'!$G$25="","",(1.5*(('Facility Processes'!$D$32/12)^0.9)*(('Facility Processes'!$D$28/3)^0.45)*((365-'Facility Processes'!$D$33)/365)))</f>
         <v/>
       </c>
-      <c r="H28" s="56" t="str">
-[...12 lines deleted...]
-        <f>IF(L28="",0,L28)</f>
+      <c r="J28" s="7" t="str">
+        <f>IF(I28="","","lb/vmt")</f>
+        <v/>
+      </c>
+      <c r="K28" s="91" t="str">
+        <f>IF(I28="","","AP-42 Ch 13.2.2")</f>
+        <v/>
+      </c>
+      <c r="L28" s="38" t="str">
+        <f>IF(I28="","",P28/((100-M28)/100)*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="M28" s="92">
+        <f>IF(N28="",0,N28)</f>
         <v>0</v>
       </c>
-      <c r="L28" s="56" t="str">
+      <c r="N28" s="7" t="str">
         <f>IF('Facility Processes'!$G$25="","",IF('Facility Processes'!$D$34="NO","",40))</f>
         <v/>
       </c>
-      <c r="M28" s="59" t="str">
-[...13 lines deleted...]
-      <c r="B29" s="56" t="str">
+      <c r="O28" s="38" t="str">
+        <f>IF(N28="","",P28*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="P28" s="38" t="str">
+        <f>IF(I28="","",IF(N28="",I28*'Facility Processes'!$D$30*'Facility Processes'!$K$25/2000,I28*'Facility Processes'!$D$30*'Facility Processes'!$K$25/2000*(100-M28)/100))</f>
+        <v/>
+      </c>
+      <c r="Q28" s="38" t="str">
+        <f>IF(I28="","",IF(N28="",'Facility Processes'!$D$31*'Facility Processes'!$K$25*I28/2000, 'Facility Processes'!$D$31*'Facility Processes'!$K$25*I28/2000*((100-M28)/100)))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B29" s="7" t="str">
         <f>IF('Facility Processes'!B38="","",'Facility Processes'!B38)</f>
         <v/>
       </c>
-      <c r="C29" s="100" t="str">
+      <c r="C29" s="78" t="str">
         <f>IF('Facility Processes'!G38="","",'Facility Processes'!C38)</f>
         <v/>
       </c>
-      <c r="D29" s="91" t="str">
+      <c r="D29" s="8" t="str">
         <f>IF(C29="","","30500290")</f>
         <v/>
       </c>
-      <c r="E29" s="59" t="str">
-[...7 lines deleted...]
-      <c r="G29" s="146" t="str">
+      <c r="E29" s="38" t="str">
+        <f>IF(I29="","",'Facility Processes'!$D$43*'Facility Processes'!$K$38/8760)</f>
+        <v/>
+      </c>
+      <c r="F29" s="7" t="str">
+        <f>IF(I29="","","vmt/hr")</f>
+        <v/>
+      </c>
+      <c r="G29" s="38" t="str">
+        <f>IF(I29="","",'Facility Processes'!$D$44*'Facility Processes'!$K$38)</f>
+        <v/>
+      </c>
+      <c r="H29" s="38" t="str">
+        <f>IF(I29="","","vmt/yr")</f>
+        <v/>
+      </c>
+      <c r="I29" s="103" t="str">
         <f>IF('Facility Processes'!$G$38="","",(1.5*(('Facility Processes'!$D$45/12)^0.9)*(('Facility Processes'!$D$41/3)^0.45)*((365-'Facility Processes'!$D$46)/365)))</f>
         <v/>
       </c>
-      <c r="H29" s="56" t="str">
-[...12 lines deleted...]
-        <f>IF(L29="",0,L29)</f>
+      <c r="J29" s="7" t="str">
+        <f>IF(I29="","","lb/vmt")</f>
+        <v/>
+      </c>
+      <c r="K29" s="91" t="str">
+        <f>IF(I29="","","AP-42 Ch 13.2.2")</f>
+        <v/>
+      </c>
+      <c r="L29" s="38" t="str">
+        <f>IF(I29="","",P29/((100-M29)/100)*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="M29" s="92">
+        <f>IF(N29="",0,N29)</f>
         <v>0</v>
       </c>
-      <c r="L29" s="56" t="str">
+      <c r="N29" s="7" t="str">
         <f>IF('Facility Processes'!$G$38="","",IF('Facility Processes'!$D$47="NO","",40))</f>
         <v/>
       </c>
-      <c r="M29" s="59" t="str">
-[...13 lines deleted...]
-      <c r="B30" s="56" t="str">
+      <c r="O29" s="38" t="str">
+        <f>IF(N29="","",P29*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="P29" s="38" t="str">
+        <f>IF(I29="","",IF(N29="",I29*'Facility Processes'!$D$43*'Facility Processes'!$K$38/2000,I29*'Facility Processes'!$D$43*'Facility Processes'!$K$38/2000*(100-M29)/100))</f>
+        <v/>
+      </c>
+      <c r="Q29" s="38" t="str">
+        <f>IF(I29="","",IF(N29="",'Facility Processes'!$D$44*'Facility Processes'!$K$38*I29/2000, 'Facility Processes'!$D$44*'Facility Processes'!$K$38*I29/2000*((100-M29)/100)))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B30" s="7" t="str">
         <f>IF('Facility Processes'!B52="","",'Facility Processes'!B52)</f>
         <v/>
       </c>
-      <c r="C30" s="100" t="str">
+      <c r="C30" s="78" t="str">
         <f>IF('Facility Processes'!G52="","",'Facility Processes'!C52)</f>
         <v/>
       </c>
-      <c r="D30" s="91" t="str">
+      <c r="D30" s="8" t="str">
         <f>IF(C30="","","30500290")</f>
         <v/>
       </c>
-      <c r="E30" s="59" t="str">
-[...7 lines deleted...]
-      <c r="G30" s="146" t="str">
+      <c r="E30" s="38" t="str">
+        <f>IF(I30="","",'Facility Processes'!$D$57*'Facility Processes'!$K$52/8760)</f>
+        <v/>
+      </c>
+      <c r="F30" s="7" t="str">
+        <f>IF(I30="","","vmt/hr")</f>
+        <v/>
+      </c>
+      <c r="G30" s="38" t="str">
+        <f>IF(I30="","",'Facility Processes'!$D$58*'Facility Processes'!$K$52)</f>
+        <v/>
+      </c>
+      <c r="H30" s="38" t="str">
+        <f>IF(I30="","","vmt/yr")</f>
+        <v/>
+      </c>
+      <c r="I30" s="103" t="str">
         <f>IF('Facility Processes'!$G$52="","",(0.0022*('Facility Processes'!$D$59^0.91)*('Facility Processes'!$D$55^1.02))*((1-('Facility Processes'!$D$60)/1460)))</f>
         <v/>
       </c>
-      <c r="H30" s="56" t="str">
-[...24 lines deleted...]
-      <c r="B31" s="56" t="str">
+      <c r="J30" s="7" t="str">
+        <f>IF(I30="","","lb/vmt")</f>
+        <v/>
+      </c>
+      <c r="K30" s="91" t="str">
+        <f>IF(I30="","","AP-42 Ch 13.2.1")</f>
+        <v/>
+      </c>
+      <c r="L30" s="38" t="str">
+        <f>IF(I30="","",P30*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="M30" s="92"/>
+      <c r="N30" s="7"/>
+      <c r="O30" s="38"/>
+      <c r="P30" s="38" t="str">
+        <f>IF(I30="","",I30*'Facility Processes'!$D$57*'Facility Processes'!$K$52/2000)</f>
+        <v/>
+      </c>
+      <c r="Q30" s="38" t="str">
+        <f>IF(I30="","",'Facility Processes'!$D$58*'Facility Processes'!$K$52*I30/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B31" s="7" t="str">
         <f>IF('Facility Processes'!B64="","",'Facility Processes'!B64)</f>
         <v/>
       </c>
-      <c r="C31" s="100" t="str">
+      <c r="C31" s="78" t="str">
         <f>IF('Facility Processes'!G64="","",'Facility Processes'!C64)</f>
         <v/>
       </c>
-      <c r="D31" s="91" t="str">
+      <c r="D31" s="8" t="str">
         <f>IF(C31="","","30500290")</f>
         <v/>
       </c>
-      <c r="E31" s="59" t="str">
-[...7 lines deleted...]
-      <c r="G31" s="146" t="str">
+      <c r="E31" s="38" t="str">
+        <f>IF(I31="","",'Facility Processes'!$D$69*'Facility Processes'!$K$64/8760)</f>
+        <v/>
+      </c>
+      <c r="F31" s="7" t="str">
+        <f>IF(I31="","","vmt/hr")</f>
+        <v/>
+      </c>
+      <c r="G31" s="38" t="str">
+        <f>IF(I31="","",'Facility Processes'!$D$70*'Facility Processes'!$K$64)</f>
+        <v/>
+      </c>
+      <c r="H31" s="38" t="str">
+        <f>IF(I31="","","vmt/yr")</f>
+        <v/>
+      </c>
+      <c r="I31" s="103" t="str">
         <f>IF('Facility Processes'!$G$64="","",(0.0022*('Facility Processes'!$D$71^0.91)*('Facility Processes'!$D$67^1.02))*((1-('Facility Processes'!$D$72)/1460)))</f>
         <v/>
       </c>
-      <c r="H31" s="56" t="str">
-[...24 lines deleted...]
-      <c r="B32" s="56" t="str">
+      <c r="J31" s="7" t="str">
+        <f>IF(I31="","","lb/vmt")</f>
+        <v/>
+      </c>
+      <c r="K31" s="91" t="str">
+        <f>IF(I31="","","AP-42 Ch 13.2.1")</f>
+        <v/>
+      </c>
+      <c r="L31" s="38" t="str">
+        <f>IF(I31="","",P31*2000/8760)</f>
+        <v/>
+      </c>
+      <c r="M31" s="92"/>
+      <c r="N31" s="7"/>
+      <c r="O31" s="8"/>
+      <c r="P31" s="38" t="str">
+        <f>IF(I31="","",I31*'Facility Processes'!$D$69*'Facility Processes'!$K$64/2000)</f>
+        <v/>
+      </c>
+      <c r="Q31" s="38" t="str">
+        <f>IF(I31="","",'Facility Processes'!$D$70*'Facility Processes'!$K$64*I31/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B32" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A8="","",'Permitted Diesel Engines'!A8)</f>
         <v/>
       </c>
-      <c r="C32" s="144" t="str">
+      <c r="C32" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!C8)</f>
         <v/>
       </c>
-      <c r="D32" s="91" t="str">
+      <c r="D32" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E32" s="56" t="str">
+      <c r="E32" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!K8)</f>
         <v/>
       </c>
-      <c r="F32" s="56" t="str">
+      <c r="F32" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G32" s="146" t="str">
+      <c r="G32" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!M8)</f>
+        <v/>
+      </c>
+      <c r="H32" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I32" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$G$44:$G$45))</f>
         <v/>
       </c>
-      <c r="H32" s="56" t="str">
+      <c r="J32" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I32" s="119" t="str">
+      <c r="K32" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$H$44:$H$45))</f>
         <v/>
       </c>
-      <c r="J32" s="59" t="str">
-[...16 lines deleted...]
-      <c r="B33" s="56" t="str">
+      <c r="L32" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",E32*I32)</f>
+        <v/>
+      </c>
+      <c r="M32" s="38"/>
+      <c r="N32" s="7"/>
+      <c r="O32" s="38"/>
+      <c r="P32" s="38" t="str">
+        <f>IF(I32="","",IF('Permitted Diesel Engines'!D3&gt;0,IF('Permitted Diesel Engines'!N10&gt;0,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!G44/2000,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!G45/2000),IF('Permitted Diesel Engines'!E8&gt;0,'Permitted Diesel Engines'!E8*'Emission Calculations'!I32*E32/2000,'Emission Calculations'!L32*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q32" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!L8*0.14*'Emission Calculations'!I32/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B33" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A9="","",'Permitted Diesel Engines'!A9)</f>
         <v/>
       </c>
-      <c r="C33" s="144" t="str">
+      <c r="C33" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!C9)</f>
         <v/>
       </c>
-      <c r="D33" s="91" t="str">
+      <c r="D33" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E33" s="56" t="str">
+      <c r="E33" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!K9)</f>
         <v/>
       </c>
-      <c r="F33" s="56" t="str">
+      <c r="F33" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G33" s="146" t="str">
+      <c r="G33" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!M9)</f>
+        <v/>
+      </c>
+      <c r="H33" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I33" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$G$44:$G$45))</f>
         <v/>
       </c>
-      <c r="H33" s="56" t="str">
+      <c r="J33" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I33" s="119" t="str">
+      <c r="K33" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$H$44:$H$45))</f>
         <v/>
       </c>
-      <c r="J33" s="59" t="str">
-[...16 lines deleted...]
-      <c r="B34" s="56" t="str">
+      <c r="L33" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",E33*I33)</f>
+        <v/>
+      </c>
+      <c r="M33" s="38"/>
+      <c r="N33" s="7"/>
+      <c r="O33" s="38"/>
+      <c r="P33" s="38" t="str">
+        <f>IF(I33="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E8&gt;0,'Permitted Diesel Engines'!E8*'Emission Calculations'!I33*E33/2000,'Emission Calculations'!L33*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q33" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!L9*0.14*'Emission Calculations'!I33/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="34" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B34" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A10="","",'Permitted Diesel Engines'!A10)</f>
         <v/>
       </c>
-      <c r="C34" s="144" t="str">
+      <c r="C34" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!C10)</f>
         <v/>
       </c>
-      <c r="D34" s="91" t="str">
+      <c r="D34" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E34" s="56" t="str">
+      <c r="E34" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!K10)</f>
         <v/>
       </c>
-      <c r="F34" s="56" t="str">
+      <c r="F34" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G34" s="146" t="str">
+      <c r="G34" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!M10)</f>
+        <v/>
+      </c>
+      <c r="H34" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I34" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$G$44:$G$45))</f>
         <v/>
       </c>
-      <c r="H34" s="56" t="str">
+      <c r="J34" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I34" s="119" t="str">
+      <c r="K34" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$H$44:$H$45))</f>
         <v/>
       </c>
-      <c r="J34" s="59" t="str">
-[...16 lines deleted...]
-      <c r="B35" s="56" t="str">
+      <c r="L34" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",E34*I34)</f>
+        <v/>
+      </c>
+      <c r="M34" s="38"/>
+      <c r="N34" s="7"/>
+      <c r="O34" s="38"/>
+      <c r="P34" s="38" t="str">
+        <f>IF(I34="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E9&gt;0,'Permitted Diesel Engines'!E9*'Emission Calculations'!I34*E34/2000,'Emission Calculations'!L34*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q34" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!L10*0.14*'Emission Calculations'!I34/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B35" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A11="","",'Permitted Diesel Engines'!A11)</f>
         <v/>
       </c>
-      <c r="C35" s="144" t="str">
+      <c r="C35" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!C11)</f>
         <v/>
       </c>
-      <c r="D35" s="91" t="str">
+      <c r="D35" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E35" s="56" t="str">
+      <c r="E35" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!K11)</f>
         <v/>
       </c>
-      <c r="F35" s="56" t="str">
+      <c r="F35" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G35" s="146" t="str">
+      <c r="G35" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!M11)</f>
+        <v/>
+      </c>
+      <c r="H35" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I35" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$G$44:$G$45))</f>
         <v/>
       </c>
-      <c r="H35" s="56" t="str">
+      <c r="J35" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I35" s="119" t="str">
+      <c r="K35" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$H$44:$H$45))</f>
         <v/>
       </c>
-      <c r="J35" s="59" t="str">
-[...16 lines deleted...]
-      <c r="B36" s="56" t="str">
+      <c r="L35" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",E35*I35)</f>
+        <v/>
+      </c>
+      <c r="M35" s="38"/>
+      <c r="N35" s="7"/>
+      <c r="O35" s="38"/>
+      <c r="P35" s="38" t="str">
+        <f>IF(I35="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E10&gt;0,'Permitted Diesel Engines'!E10*'Emission Calculations'!I35*E35/2000,'Emission Calculations'!L35*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q35" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!L11*0.14*'Emission Calculations'!I35/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!A12="","",'Permitted Diesel Engines'!A12)</f>
         <v/>
       </c>
-      <c r="C36" s="144" t="str">
+      <c r="C36" s="94" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!C12)</f>
         <v/>
       </c>
-      <c r="D36" s="91" t="str">
+      <c r="D36" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E36" s="56" t="str">
+      <c r="E36" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!K12)</f>
         <v/>
       </c>
-      <c r="F36" s="56" t="str">
+      <c r="F36" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G36" s="146" t="str">
+      <c r="G36" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!M12)</f>
+        <v/>
+      </c>
+      <c r="H36" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I36" s="103" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$G$44:$G$45))</f>
         <v/>
       </c>
-      <c r="H36" s="56" t="str">
+      <c r="J36" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I36" s="272" t="str">
+      <c r="K36" s="201" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$H$44:$H$45))</f>
         <v/>
       </c>
-      <c r="J36" s="276" t="str">
-[...26 lines deleted...]
-      <c r="L37" s="277" t="s">
+      <c r="L36" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",E36*I36)</f>
+        <v/>
+      </c>
+      <c r="M36" s="204"/>
+      <c r="N36" s="83"/>
+      <c r="O36" s="204"/>
+      <c r="P36" s="204" t="str">
+        <f>IF(I36="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E11&gt;0,'Permitted Diesel Engines'!E11*'Emission Calculations'!I36*E36/2000,'Emission Calculations'!L36*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q36" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!L12*0.14*'Emission Calculations'!I36/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="6"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="6"/>
+      <c r="G37" s="6"/>
+      <c r="H37" s="6"/>
+      <c r="J37" s="6"/>
+      <c r="K37" s="211"/>
+      <c r="L37" s="203"/>
+      <c r="M37" s="203"/>
+      <c r="N37" s="205" t="s">
         <v>36</v>
       </c>
-      <c r="M37" s="278"/>
-[...1 lines deleted...]
-        <f>SUM(N23:N36)</f>
+      <c r="O37" s="206"/>
+      <c r="P37" s="207">
+        <f>SUM(P23:P36)</f>
         <v>0</v>
       </c>
-      <c r="O37" s="292">
-        <f>SUM(O23:O36)</f>
+      <c r="Q37" s="208">
+        <f>SUM(Q23:Q36)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:15" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-      <c r="B40" s="270" t="s">
+    <row r="38" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B38" s="6"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="6"/>
+      <c r="G38" s="6"/>
+      <c r="H38" s="6"/>
+      <c r="J38" s="6"/>
+      <c r="K38" s="6"/>
+      <c r="L38" s="11"/>
+      <c r="M38" s="11"/>
+      <c r="N38" s="6"/>
+      <c r="O38" s="12"/>
+      <c r="P38" s="9"/>
+      <c r="Q38" s="9"/>
+    </row>
+    <row r="39" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="6"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="6"/>
+      <c r="G39" s="6"/>
+      <c r="H39" s="6"/>
+      <c r="J39" s="6"/>
+      <c r="K39" s="6"/>
+      <c r="M39" s="82"/>
+      <c r="N39" s="6"/>
+    </row>
+    <row r="40" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="B40" s="199" t="s">
         <v>18</v>
       </c>
-      <c r="C40" s="260" t="s">
+      <c r="C40" s="188" t="s">
         <v>19</v>
       </c>
-      <c r="D40" s="270" t="s">
+      <c r="D40" s="199" t="s">
         <v>16</v>
       </c>
-      <c r="E40" s="260" t="s">
+      <c r="E40" s="188" t="s">
         <v>17</v>
       </c>
-      <c r="F40" s="260" t="s">
+      <c r="F40" s="188" t="s">
         <v>51</v>
       </c>
-      <c r="G40" s="260" t="s">
+      <c r="G40" s="188" t="s">
+        <v>269</v>
+      </c>
+      <c r="H40" s="188" t="s">
+        <v>51</v>
+      </c>
+      <c r="I40" s="188" t="s">
         <v>20</v>
       </c>
-      <c r="H40" s="260" t="s">
+      <c r="J40" s="188" t="s">
         <v>51</v>
       </c>
-      <c r="I40" s="256" t="s">
+      <c r="K40" s="190" t="s">
         <v>255</v>
       </c>
-      <c r="J40" s="260" t="s">
+      <c r="L40" s="188" t="s">
         <v>139</v>
       </c>
-      <c r="K40" s="196"/>
-      <c r="L40" s="260" t="s">
+      <c r="M40" s="107"/>
+      <c r="N40" s="188" t="s">
         <v>22</v>
       </c>
-      <c r="M40" s="260" t="s">
+      <c r="O40" s="188" t="s">
         <v>140</v>
       </c>
-      <c r="N40" s="260" t="s">
+      <c r="P40" s="188" t="s">
         <v>21</v>
       </c>
-      <c r="O40" s="260" t="s">
+      <c r="Q40" s="188" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="41" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B41" s="298" t="s">
+    <row r="41" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B41" s="215" t="s">
         <v>11</v>
       </c>
-      <c r="C41" s="298"/>
-[...14 lines deleted...]
-      <c r="A42" s="105" t="str">
+      <c r="C41" s="215"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6"/>
+      <c r="H41" s="6"/>
+      <c r="J41" s="6"/>
+      <c r="K41" s="6"/>
+      <c r="L41" s="11"/>
+      <c r="M41" s="11"/>
+      <c r="N41" s="6"/>
+      <c r="O41" s="9"/>
+      <c r="P41" s="9"/>
+      <c r="Q41" s="9"/>
+    </row>
+    <row r="42" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!I$12:I$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!I$5:I$10)))</f>
         <v/>
       </c>
-      <c r="B42" s="169" t="str">
-[...7 lines deleted...]
-      <c r="D42" s="123" t="str">
+      <c r="B42" s="117" t="str">
+        <f>IF(I42="","",IF('Facility Processes'!B6="","",'Facility Processes'!B6))</f>
+        <v/>
+      </c>
+      <c r="C42" s="93" t="str">
+        <f>IF(I42="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D42" s="8" t="str">
         <f>IF(C42="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
         <v/>
       </c>
-      <c r="E42" s="124" t="str">
+      <c r="E42" s="7" t="str">
         <f>IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6)</f>
         <v/>
       </c>
-      <c r="F42" s="124" t="str">
+      <c r="F42" s="7" t="str">
         <f>IF('Facility Processes'!G6="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G42" s="124" t="str">
+      <c r="G42" s="7" t="str">
+        <f>IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6)</f>
+        <v/>
+      </c>
+      <c r="H42" s="7" t="str">
+        <f>IF('Facility Processes'!H6="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I42" s="7" t="str">
         <f>IF(A42="","",IF('Facility Information'!F37&gt;0,('Facility Information'!F37/'Facility Information'!G37),IF(A42&gt;0,A42,"")))</f>
         <v/>
       </c>
-      <c r="H42" s="124" t="str">
-[...13 lines deleted...]
-      <c r="M42" s="148" t="str">
+      <c r="J42" s="7" t="str">
+        <f>IF(I42="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K42" s="86" t="str">
+        <f>IF(I42="","",IF('Facility Information'!F37="",LOOKUP(C42,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10),"Stack Test"))</f>
+        <v/>
+      </c>
+      <c r="L42" s="10" t="str">
+        <f>IF(I42="","",I42*E42)</f>
+        <v/>
+      </c>
+      <c r="M42" s="10"/>
+      <c r="N42" s="7"/>
+      <c r="O42" s="38" t="str">
         <f>IF('Facility Information'!N31&gt;0,'Facility Information'!N31,"")</f>
         <v/>
       </c>
-      <c r="N42" s="59" t="str">
-[...9 lines deleted...]
-      <c r="B43" s="120" t="str">
+      <c r="P42" s="38" t="str">
+        <f>IF(I42="","",IF('Facility Information'!O31&gt;0,'Facility Information'!O31,IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I42/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I42*E42/2000,E42*I42*8760/2000))))</f>
+        <v/>
+      </c>
+      <c r="Q42" s="38" t="str">
+        <f>IF(I42="","",IF('Facility Information'!F37="",I42*'Facility Processes'!H6/2000,('Facility Information'!F37/'Facility Information'!G37*'Facility Processes'!H6/2000)))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B43" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A8="","",'Permitted Diesel Engines'!A8)</f>
         <v/>
       </c>
-      <c r="C43" s="91" t="str">
+      <c r="C43" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!C8)</f>
         <v/>
       </c>
-      <c r="D43" s="56" t="str">
+      <c r="D43" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E43" s="56" t="str">
+      <c r="E43" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!K8)</f>
         <v/>
       </c>
-      <c r="F43" s="56" t="str">
+      <c r="F43" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G43" s="56" t="str">
+      <c r="G43" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!M8)</f>
+        <v/>
+      </c>
+      <c r="H43" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I43" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$I$44:$I$45))</f>
         <v/>
       </c>
-      <c r="H43" s="56" t="str">
+      <c r="J43" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I43" s="119" t="str">
+      <c r="K43" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$J$44:$J$45))</f>
         <v/>
       </c>
-      <c r="J43" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B44" s="120" t="str">
+      <c r="L43" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",IF(I43='Emission Factors'!$I$44,E43*I43,'Emission Calculations'!E43*'Emission Calculations'!I43*$I$48))</f>
+        <v/>
+      </c>
+      <c r="M43" s="10"/>
+      <c r="N43" s="7"/>
+      <c r="O43" s="38"/>
+      <c r="P43" s="38" t="str">
+        <f>IF(I43="","",IF('Permitted Diesel Engines'!D3&gt;0,IF('Permitted Diesel Engines'!N11&gt;0,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!I45*I48/2000,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!I44/2000),IF('Permitted Diesel Engines'!E8&gt;0,'Permitted Diesel Engines'!E8*'Emission Calculations'!I43*E43/2000,'Emission Calculations'!L43*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q43" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!L8*0.14*'Permitted Diesel Engines'!D5*$I$48/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B44" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A9="","",'Permitted Diesel Engines'!A9)</f>
         <v/>
       </c>
-      <c r="C44" s="91" t="str">
+      <c r="C44" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!C9)</f>
         <v/>
       </c>
-      <c r="D44" s="56" t="str">
+      <c r="D44" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E44" s="56" t="str">
+      <c r="E44" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!K9)</f>
         <v/>
       </c>
-      <c r="F44" s="56" t="str">
+      <c r="F44" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G44" s="56" t="str">
+      <c r="G44" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!M9)</f>
+        <v/>
+      </c>
+      <c r="H44" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I44" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$I$44:$I$45))</f>
         <v/>
       </c>
-      <c r="H44" s="56" t="str">
+      <c r="J44" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I44" s="119" t="str">
+      <c r="K44" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$J$44:$J$45))</f>
         <v/>
       </c>
-      <c r="J44" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B45" s="120" t="str">
+      <c r="L44" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",IF(I44='Emission Factors'!$I$44,E44*I44,'Emission Calculations'!E44*'Emission Calculations'!I44*$I$48))</f>
+        <v/>
+      </c>
+      <c r="M44" s="10"/>
+      <c r="N44" s="7"/>
+      <c r="O44" s="38"/>
+      <c r="P44" s="38" t="str">
+        <f>IF(I44="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E9&gt;0,IF(I44='Emission Factors'!$I$44,'Permitted Diesel Engines'!E9*'Emission Calculations'!I44*'Emission Calculations'!E44/2000,'Permitted Diesel Engines'!E9*'Emission Calculations'!I44*'Emission Calculations'!$I$48*'Emission Calculations'!E44/2000),'Emission Calculations'!L44*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q44" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!L9*0.14*'Permitted Diesel Engines'!D5*$I$48/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B45" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A10="","",'Permitted Diesel Engines'!A10)</f>
         <v/>
       </c>
-      <c r="C45" s="91" t="str">
+      <c r="C45" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!C10)</f>
         <v/>
       </c>
-      <c r="D45" s="56" t="str">
+      <c r="D45" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E45" s="56" t="str">
+      <c r="E45" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!K10)</f>
         <v/>
       </c>
-      <c r="F45" s="56" t="str">
+      <c r="F45" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G45" s="56" t="str">
+      <c r="G45" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!M10)</f>
+        <v/>
+      </c>
+      <c r="H45" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I45" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$I$44:$I$45))</f>
         <v/>
       </c>
-      <c r="H45" s="56" t="str">
+      <c r="J45" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I45" s="119" t="str">
+      <c r="K45" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$J$44:$J$45))</f>
         <v/>
       </c>
-      <c r="J45" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B46" s="120" t="str">
+      <c r="L45" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",IF(I45='Emission Factors'!$I$44,E45*I45,'Emission Calculations'!E45*'Emission Calculations'!I45*$I$48))</f>
+        <v/>
+      </c>
+      <c r="M45" s="10"/>
+      <c r="N45" s="7"/>
+      <c r="O45" s="38"/>
+      <c r="P45" s="38" t="str">
+        <f>IF(I45="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E10&gt;0,IF(I45='Emission Factors'!$I$44,'Permitted Diesel Engines'!E10*'Emission Calculations'!I45*'Emission Calculations'!E45/2000,'Permitted Diesel Engines'!E10*'Emission Calculations'!I45*'Emission Calculations'!$I$48*'Emission Calculations'!E45/2000),'Emission Calculations'!L45*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q45" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!L10*0.14*'Permitted Diesel Engines'!D5*$I$48/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B46" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A11="","",'Permitted Diesel Engines'!A11)</f>
         <v/>
       </c>
-      <c r="C46" s="91" t="str">
+      <c r="C46" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!C11)</f>
         <v/>
       </c>
-      <c r="D46" s="56" t="str">
+      <c r="D46" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E46" s="56" t="str">
+      <c r="E46" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!K11)</f>
         <v/>
       </c>
-      <c r="F46" s="56" t="str">
+      <c r="F46" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G46" s="56" t="str">
+      <c r="G46" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!M11)</f>
+        <v/>
+      </c>
+      <c r="H46" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I46" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$I$44:$I$45))</f>
         <v/>
       </c>
-      <c r="H46" s="56" t="str">
+      <c r="J46" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I46" s="119" t="str">
+      <c r="K46" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$J$44:$J$45))</f>
         <v/>
       </c>
-      <c r="J46" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B47" s="120" t="str">
+      <c r="L46" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",IF(I46='Emission Factors'!$I$44,E46*I46,'Emission Calculations'!E46*'Emission Calculations'!I46*$I$48))</f>
+        <v/>
+      </c>
+      <c r="M46" s="10"/>
+      <c r="N46" s="7"/>
+      <c r="O46" s="38"/>
+      <c r="P46" s="38" t="str">
+        <f>IF(I46="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E11&gt;0,IF(I46='Emission Factors'!$I$44,'Permitted Diesel Engines'!E11*'Emission Calculations'!I46*'Emission Calculations'!E46/2000,'Permitted Diesel Engines'!E11*'Emission Calculations'!I46*'Emission Calculations'!$I$48*'Emission Calculations'!E46/2000),'Emission Calculations'!L46*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q46" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!L11*0.14*'Permitted Diesel Engines'!D5*$I$48/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="47" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A12="","",'Permitted Diesel Engines'!A12)</f>
         <v/>
       </c>
-      <c r="C47" s="91" t="str">
+      <c r="C47" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!C12)</f>
         <v/>
       </c>
-      <c r="D47" s="56" t="str">
+      <c r="D47" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E47" s="56" t="str">
+      <c r="E47" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!K12)</f>
         <v/>
       </c>
-      <c r="F47" s="56" t="str">
+      <c r="F47" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G47" s="56" t="str">
+      <c r="G47" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!M12)</f>
+        <v/>
+      </c>
+      <c r="H47" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I47" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$I$44:$I$45))</f>
         <v/>
       </c>
-      <c r="H47" s="56" t="str">
+      <c r="J47" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I47" s="272" t="str">
+      <c r="K47" s="201" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$J$44:$J$45))</f>
         <v/>
       </c>
-      <c r="J47" s="137" t="str">
-[...19 lines deleted...]
-      <c r="F48" s="200" t="s">
+      <c r="L47" s="96" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",IF(I47='Emission Factors'!$I$44,E47*I47,'Emission Calculations'!E47*'Emission Calculations'!I47*$I$48))</f>
+        <v/>
+      </c>
+      <c r="M47" s="96"/>
+      <c r="N47" s="83"/>
+      <c r="O47" s="204"/>
+      <c r="P47" s="204" t="str">
+        <f>IF(I47="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E12&gt;0,IF(I47='Emission Factors'!$I$44,'Permitted Diesel Engines'!E12*'Emission Calculations'!I47*'Emission Calculations'!E47/2000,'Permitted Diesel Engines'!E12*'Emission Calculations'!I47*'Emission Calculations'!$I$48*'Emission Calculations'!E47/2000),'Emission Calculations'!L47*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q47" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!L12*0.14*'Permitted Diesel Engines'!D5*$I$48/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="48" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="47"/>
+      <c r="D48" s="6"/>
+      <c r="F48" s="140" t="s">
         <v>132</v>
       </c>
-      <c r="G48" s="8">
+      <c r="I48" s="7">
         <f>IF('Permitted Diesel Engines'!D4&gt;0,'Permitted Diesel Engines'!D4,IF('Permitted Diesel Engines'!D5&gt;0,'Permitted Diesel Engines'!D5,0.5))</f>
         <v>0.5</v>
       </c>
-      <c r="I48" s="274"/>
-[...2 lines deleted...]
-      <c r="L48" s="277" t="s">
+      <c r="K48" s="202"/>
+      <c r="L48" s="203"/>
+      <c r="M48" s="203"/>
+      <c r="N48" s="205" t="s">
         <v>36</v>
       </c>
-      <c r="M48" s="278"/>
-[...1 lines deleted...]
-        <f>SUM(N42:N47)</f>
+      <c r="O48" s="206"/>
+      <c r="P48" s="207">
+        <f>SUM(P42:P47)</f>
         <v>0</v>
       </c>
-      <c r="O48" s="280">
-        <f>SUM(O42:O47)</f>
+      <c r="Q48" s="208">
+        <f>SUM(Q42:Q47)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B49" s="298" t="s">
+    <row r="49" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B49" s="215" t="s">
         <v>32</v>
       </c>
-      <c r="C49" s="298"/>
-[...14 lines deleted...]
-      <c r="A50" s="105" t="str">
+      <c r="C49" s="215"/>
+      <c r="E49" s="6"/>
+      <c r="F49" s="6"/>
+      <c r="G49" s="6"/>
+      <c r="H49" s="6"/>
+      <c r="J49" s="6"/>
+      <c r="K49" s="63"/>
+      <c r="L49" s="11"/>
+      <c r="M49" s="11"/>
+      <c r="N49" s="6"/>
+      <c r="O49" s="9"/>
+      <c r="P49" s="9"/>
+      <c r="Q49" s="9"/>
+    </row>
+    <row r="50" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!K$12:K$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!K$5:K$10)))</f>
         <v/>
       </c>
-      <c r="B50" s="169" t="str">
-[...7 lines deleted...]
-      <c r="D50" s="123" t="str">
+      <c r="B50" s="117" t="str">
+        <f>IF(I50="","",IF('Facility Processes'!B6="","",'Facility Processes'!B6))</f>
+        <v/>
+      </c>
+      <c r="C50" s="93" t="str">
+        <f>IF(I50="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D50" s="8" t="str">
         <f>IF(C50="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
         <v/>
       </c>
-      <c r="E50" s="124" t="str">
+      <c r="E50" s="7" t="str">
         <f>IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6)</f>
         <v/>
       </c>
-      <c r="F50" s="124" t="str">
+      <c r="F50" s="7" t="str">
         <f>IF('Facility Processes'!G6="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G50" s="124" t="str">
+      <c r="G50" s="7" t="str">
+        <f>IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6)</f>
+        <v/>
+      </c>
+      <c r="H50" s="7" t="str">
+        <f>IF('Facility Processes'!H6="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I50" s="7" t="str">
         <f>IF(A50="","",IF('Facility Information'!F38&gt;0,('Facility Information'!F38/'Facility Information'!G38),IF(A50&gt;0,A50,"")))</f>
         <v/>
       </c>
-      <c r="H50" s="124" t="str">
-[...13 lines deleted...]
-      <c r="M50" s="148" t="str">
+      <c r="J50" s="7" t="str">
+        <f>IF(I50="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K50" s="86" t="str">
+        <f>IF(I50="","",IF('Facility Information'!F38="",LOOKUP(C50,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10),"Stack Test"))</f>
+        <v/>
+      </c>
+      <c r="L50" s="10" t="str">
+        <f>IF(I50="","",I50*E50)</f>
+        <v/>
+      </c>
+      <c r="M50" s="10"/>
+      <c r="N50" s="7"/>
+      <c r="O50" s="38" t="str">
         <f>IF('Facility Information'!N32&gt;0,'Facility Information'!N32,"")</f>
         <v/>
       </c>
-      <c r="N50" s="59" t="str">
-[...9 lines deleted...]
-      <c r="B51" s="120" t="str">
+      <c r="P50" s="38" t="str">
+        <f>IF(I50="","",IF('Facility Information'!O32&gt;0,'Facility Information'!O32,IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I50/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I50*E50/2000,E50*I50*8760/2000))))</f>
+        <v/>
+      </c>
+      <c r="Q50" s="38" t="str">
+        <f>IF(I50="","",IF('Facility Information'!F38="",'Facility Processes'!H6*I50/2000,('Facility Information'!F38/'Facility Information'!G38*'Facility Processes'!H6/2000)))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B51" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A8="","",'Permitted Diesel Engines'!A8)</f>
         <v/>
       </c>
-      <c r="C51" s="91" t="str">
+      <c r="C51" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!C8)</f>
         <v/>
       </c>
-      <c r="D51" s="56" t="str">
+      <c r="D51" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E51" s="56" t="str">
+      <c r="E51" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!K8)</f>
         <v/>
       </c>
-      <c r="F51" s="56" t="str">
+      <c r="F51" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G51" s="56" t="str">
+      <c r="G51" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!M8)</f>
+        <v/>
+      </c>
+      <c r="H51" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I51" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$K$44:$K$45))</f>
         <v/>
       </c>
-      <c r="H51" s="56" t="str">
+      <c r="J51" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I51" s="119" t="str">
+      <c r="K51" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$L$44:$L$45))</f>
         <v/>
       </c>
-      <c r="J51" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B52" s="120" t="str">
+      <c r="L51" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",E51*I51)</f>
+        <v/>
+      </c>
+      <c r="M51" s="10"/>
+      <c r="N51" s="7"/>
+      <c r="O51" s="38"/>
+      <c r="P51" s="38" t="str">
+        <f>IF(I51="","",IF('Permitted Diesel Engines'!D3&gt;0,IF('Permitted Diesel Engines'!N10&gt;0,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!K44/2000,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!K45/2000),IF('Permitted Diesel Engines'!E8&gt;0,'Permitted Diesel Engines'!E8*'Emission Calculations'!I51*E51/2000,'Emission Calculations'!L51*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q51" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!L8*0.14*'Emission Calculations'!I51/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B52" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A9="","",'Permitted Diesel Engines'!A9)</f>
         <v/>
       </c>
-      <c r="C52" s="91" t="str">
+      <c r="C52" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!C9)</f>
         <v/>
       </c>
-      <c r="D52" s="56" t="str">
+      <c r="D52" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E52" s="56" t="str">
+      <c r="E52" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!K9)</f>
         <v/>
       </c>
-      <c r="F52" s="56" t="str">
+      <c r="F52" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G52" s="56" t="str">
+      <c r="G52" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!M9)</f>
+        <v/>
+      </c>
+      <c r="H52" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I52" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$K$44:$K$45))</f>
         <v/>
       </c>
-      <c r="H52" s="56" t="str">
+      <c r="J52" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I52" s="119" t="str">
+      <c r="K52" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$L$44:$L$45))</f>
         <v/>
       </c>
-      <c r="J52" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B53" s="120" t="str">
+      <c r="L52" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",E52*I52)</f>
+        <v/>
+      </c>
+      <c r="M52" s="10"/>
+      <c r="N52" s="7"/>
+      <c r="O52" s="38"/>
+      <c r="P52" s="38" t="str">
+        <f>IF(I52="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E9&gt;0,'Permitted Diesel Engines'!E9*'Emission Calculations'!I52*E52/2000,'Emission Calculations'!L52*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q52" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!L9*0.14*'Emission Calculations'!I52/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B53" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A10="","",'Permitted Diesel Engines'!A10)</f>
         <v/>
       </c>
-      <c r="C53" s="91" t="str">
+      <c r="C53" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!C10)</f>
         <v/>
       </c>
-      <c r="D53" s="56" t="str">
+      <c r="D53" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E53" s="56" t="str">
+      <c r="E53" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!K10)</f>
         <v/>
       </c>
-      <c r="F53" s="56" t="str">
+      <c r="F53" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G53" s="56" t="str">
+      <c r="G53" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!M10)</f>
+        <v/>
+      </c>
+      <c r="H53" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I53" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$K$44:$K$45))</f>
         <v/>
       </c>
-      <c r="H53" s="56" t="str">
+      <c r="J53" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I53" s="119" t="str">
+      <c r="K53" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$L$44:$L$45))</f>
         <v/>
       </c>
-      <c r="J53" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B54" s="120" t="str">
+      <c r="L53" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",E53*I53)</f>
+        <v/>
+      </c>
+      <c r="M53" s="10"/>
+      <c r="N53" s="7"/>
+      <c r="O53" s="38"/>
+      <c r="P53" s="38" t="str">
+        <f>IF(I53="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E10&gt;0,'Permitted Diesel Engines'!E10*'Emission Calculations'!I53*E53/2000,'Emission Calculations'!L53*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q53" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!L10*0.14*'Emission Calculations'!I53/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B54" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A11="","",'Permitted Diesel Engines'!A11)</f>
         <v/>
       </c>
-      <c r="C54" s="91" t="str">
+      <c r="C54" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!C11)</f>
         <v/>
       </c>
-      <c r="D54" s="56" t="str">
+      <c r="D54" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E54" s="56" t="str">
+      <c r="E54" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!K11)</f>
         <v/>
       </c>
-      <c r="F54" s="56" t="str">
+      <c r="F54" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G54" s="56" t="str">
+      <c r="G54" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!M11)</f>
+        <v/>
+      </c>
+      <c r="H54" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I54" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$K$44:$K$45))</f>
         <v/>
       </c>
-      <c r="H54" s="56" t="str">
+      <c r="J54" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I54" s="119" t="str">
+      <c r="K54" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$L$44:$L$45))</f>
         <v/>
       </c>
-      <c r="J54" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B55" s="120" t="str">
+      <c r="L54" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",E54*I54)</f>
+        <v/>
+      </c>
+      <c r="M54" s="10"/>
+      <c r="N54" s="7"/>
+      <c r="O54" s="38"/>
+      <c r="P54" s="38" t="str">
+        <f>IF(I54="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E11&gt;0,'Permitted Diesel Engines'!E11*'Emission Calculations'!I54*E54/2000,'Emission Calculations'!L54*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q54" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!L11*0.14*'Emission Calculations'!I54/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="55" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B55" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A12="","",'Permitted Diesel Engines'!A12)</f>
         <v/>
       </c>
-      <c r="C55" s="91" t="str">
+      <c r="C55" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!C12)</f>
         <v/>
       </c>
-      <c r="D55" s="56" t="str">
+      <c r="D55" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E55" s="56" t="str">
+      <c r="E55" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!K12)</f>
         <v/>
       </c>
-      <c r="F55" s="56" t="str">
+      <c r="F55" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G55" s="56" t="str">
+      <c r="G55" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!M12)</f>
+        <v/>
+      </c>
+      <c r="H55" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I55" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$K$44:$K$45))</f>
         <v/>
       </c>
-      <c r="H55" s="56" t="str">
+      <c r="J55" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I55" s="272" t="str">
+      <c r="K55" s="201" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$L$44:$L$45))</f>
         <v/>
       </c>
-      <c r="J55" s="137" t="str">
-[...26 lines deleted...]
-      <c r="L56" s="277" t="s">
+      <c r="L55" s="96" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",E55*I55)</f>
+        <v/>
+      </c>
+      <c r="M55" s="96"/>
+      <c r="N55" s="83"/>
+      <c r="O55" s="204"/>
+      <c r="P55" s="204" t="str">
+        <f>IF(I55="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E12&gt;0,'Permitted Diesel Engines'!E12*'Emission Calculations'!I55*E55/2000,'Emission Calculations'!L55*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q55" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!L12*0.14*'Emission Calculations'!I55/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="56" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="47"/>
+      <c r="D56" s="6"/>
+      <c r="E56" s="6"/>
+      <c r="F56" s="6"/>
+      <c r="G56" s="6"/>
+      <c r="H56" s="6"/>
+      <c r="J56" s="6"/>
+      <c r="K56" s="202"/>
+      <c r="L56" s="203"/>
+      <c r="M56" s="203"/>
+      <c r="N56" s="205" t="s">
         <v>36</v>
       </c>
-      <c r="M56" s="278"/>
-[...1 lines deleted...]
-        <f>SUM(N50:N55)</f>
+      <c r="O56" s="206"/>
+      <c r="P56" s="207">
+        <f>SUM(P50:P55)</f>
         <v>0</v>
       </c>
-      <c r="O56" s="280">
-        <f>SUM(O50:O55)</f>
+      <c r="Q56" s="208">
+        <f>SUM(Q50:Q55)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B57" s="298" t="s">
+    <row r="57" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B57" s="215" t="s">
         <v>13</v>
       </c>
-      <c r="C57" s="298"/>
-[...14 lines deleted...]
-      <c r="A58" s="105" t="str">
+      <c r="C57" s="215"/>
+      <c r="E57" s="6"/>
+      <c r="F57" s="6"/>
+      <c r="G57" s="6"/>
+      <c r="H57" s="6"/>
+      <c r="J57" s="6"/>
+      <c r="K57" s="63"/>
+      <c r="L57" s="11"/>
+      <c r="M57" s="11"/>
+      <c r="N57" s="6"/>
+      <c r="O57" s="9"/>
+      <c r="P57" s="9"/>
+      <c r="Q57" s="9"/>
+    </row>
+    <row r="58" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!M$12:M$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!M$5:M$10)))</f>
         <v/>
       </c>
-      <c r="B58" s="169" t="str">
-[...7 lines deleted...]
-      <c r="D58" s="123" t="str">
+      <c r="B58" s="117" t="str">
+        <f>IF(I58="","",IF('Facility Processes'!B6="","",'Facility Processes'!B6))</f>
+        <v/>
+      </c>
+      <c r="C58" s="93" t="str">
+        <f>IF(I58="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D58" s="8" t="str">
         <f>IF(C58="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
         <v/>
       </c>
-      <c r="E58" s="124" t="str">
+      <c r="E58" s="7" t="str">
         <f>IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6)</f>
         <v/>
       </c>
-      <c r="F58" s="124" t="str">
+      <c r="F58" s="7" t="str">
         <f>IF('Facility Processes'!G6="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G58" s="124" t="str">
+      <c r="G58" s="7" t="str">
+        <f>IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6)</f>
+        <v/>
+      </c>
+      <c r="H58" s="7" t="str">
+        <f>IF('Facility Processes'!H6="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I58" s="7" t="str">
         <f>IF(A58="","",IF(A58&gt;0,A58,""))</f>
         <v/>
       </c>
-      <c r="H58" s="124" t="str">
-[...13 lines deleted...]
-      <c r="M58" s="148" t="str">
+      <c r="J58" s="7" t="str">
+        <f>IF(I58="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K58" s="86" t="str">
+        <f>IF(I58="","",LOOKUP(C58,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L58" s="10" t="str">
+        <f>IF(I58="","",I58*E58)</f>
+        <v/>
+      </c>
+      <c r="M58" s="10"/>
+      <c r="N58" s="7"/>
+      <c r="O58" s="38" t="str">
         <f>IF('Facility Information'!N33&gt;0,'Facility Information'!N33,"")</f>
         <v/>
       </c>
-      <c r="N58" s="59" t="str">
-[...9 lines deleted...]
-      <c r="B59" s="56" t="str">
+      <c r="P58" s="38" t="str">
+        <f>IF(I58="","",IF('Facility Information'!O33&gt;0,'Facility Information'!O33,IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I58/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I58*E58/2000,E58*I58*8760/2000))))</f>
+        <v/>
+      </c>
+      <c r="Q58" s="38" t="str">
+        <f>IF(I58="","",'Facility Processes'!H6*I58/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="59" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" t="str">
+        <f>IF('Facility Information'!$B$25="","",LOOKUP('Facility Processes'!$C$10,'Emission Factors'!$A$19:$A$21,'Emission Factors'!M19:M21))</f>
+        <v/>
+      </c>
+      <c r="B59" s="117" t="str">
+        <f>IF(I59="","",IF('Facility Processes'!B10="","",'Facility Processes'!B10))</f>
+        <v/>
+      </c>
+      <c r="C59" s="93" t="str">
+        <f>IF(I59="","",'Facility Processes'!$C$10)</f>
+        <v/>
+      </c>
+      <c r="D59" s="8" t="str">
+        <f>IF(I59="","",LOOKUP('Facility Processes'!$C$10,'Emission Factors'!$A$19:$A$21,'Emission Factors'!$C$19:$C$21))</f>
+        <v/>
+      </c>
+      <c r="E59" s="7" t="str">
+        <f>IF(I59="","",'Facility Processes'!$G$10)</f>
+        <v/>
+      </c>
+      <c r="F59" s="7" t="str">
+        <f>IF(I59="","",'Facility Processes'!$A$9 &amp;"/hr")</f>
+        <v/>
+      </c>
+      <c r="G59" s="7" t="str">
+        <f>IF(I59="","",'Facility Processes'!$H$10)</f>
+        <v/>
+      </c>
+      <c r="H59" s="7" t="str">
+        <f>IF(I59="","",'Facility Processes'!$A$9 &amp;"/yr")</f>
+        <v/>
+      </c>
+      <c r="I59" s="7" t="str">
+        <f>IF(A59="","",IF(A59&gt;0,A59,""))</f>
+        <v/>
+      </c>
+      <c r="J59" s="7" t="str">
+        <f>IF(I59="","","lbs/MMCF")</f>
+        <v/>
+      </c>
+      <c r="K59" s="86" t="str">
+        <f>IF(I59="","",LOOKUP(C59,'Emission Factors'!$A$19:$A$21,'Emission Factors'!$D$19:$D$21))</f>
+        <v/>
+      </c>
+      <c r="L59" s="10"/>
+      <c r="M59" s="10"/>
+      <c r="N59" s="7"/>
+      <c r="O59" s="38"/>
+      <c r="P59" s="38"/>
+      <c r="Q59" s="38" t="str">
+        <f>IF(I59="","",'Facility Processes'!H10*I59/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="60" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B60" s="7" t="str">
         <f>IF('Facility Processes'!$B$14="","",'Facility Processes'!$B$14)</f>
         <v/>
       </c>
-      <c r="C59" s="91" t="str">
+      <c r="C60" s="8" t="str">
         <f>IF('Facility Processes'!$G$14="","",'Facility Processes'!$C$14)</f>
         <v/>
       </c>
-      <c r="D59" s="91" t="str">
-[...3 lines deleted...]
-      <c r="E59" s="56" t="str">
+      <c r="D60" s="8" t="str">
+        <f>IF(C60="","",LOOKUP(C60,'Emission Factors'!$A$23,'Emission Factors'!$C$23))</f>
+        <v/>
+      </c>
+      <c r="E60" s="7" t="str">
         <f>IF('Facility Processes'!$G$14="","",'Facility Processes'!$G$14)</f>
         <v/>
       </c>
-      <c r="F59" s="56" t="str">
+      <c r="F60" s="7" t="str">
         <f>IF('Facility Processes'!$G$14="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G59" s="145" t="str">
-[...28 lines deleted...]
-      <c r="B60" s="56" t="str">
+      <c r="G60" s="7" t="str">
+        <f>IF('Facility Processes'!$H14="","",'Facility Processes'!$H$14)</f>
+        <v/>
+      </c>
+      <c r="H60" s="7" t="str">
+        <f>IF('Facility Processes'!$H14="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I60" s="102" t="str">
+        <f>IF(C60="","",'Emission Factors'!M23)</f>
+        <v/>
+      </c>
+      <c r="J60" s="7" t="str">
+        <f>IF(I60="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K60" s="91" t="str">
+        <f>IF(I60="","",'Emission Factors'!$D$23)</f>
+        <v/>
+      </c>
+      <c r="L60" s="38" t="str">
+        <f>IF(I60="","",I60*E60)</f>
+        <v/>
+      </c>
+      <c r="M60" s="110"/>
+      <c r="N60" s="7"/>
+      <c r="O60" s="38"/>
+      <c r="P60" s="38" t="str">
+        <f>IF(I60="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I60/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*E60*I60/2000,E60*I60*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q60" s="38" t="str">
+        <f>IF(I60="","",'Facility Processes'!$H$14*I60/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="61" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B61" s="7" t="str">
         <f>IF('Facility Processes'!$B$15="","",'Facility Processes'!$B$15)</f>
         <v/>
       </c>
-      <c r="C60" s="91" t="str">
+      <c r="C61" s="8" t="str">
         <f>IF('Facility Processes'!$G$15="","",'Facility Processes'!$C$15)</f>
         <v/>
       </c>
-      <c r="D60" s="91" t="str">
-[...3 lines deleted...]
-      <c r="E60" s="56" t="str">
+      <c r="D61" s="8" t="str">
+        <f>IF(C61="","",LOOKUP(C61,'Emission Factors'!$A$24,'Emission Factors'!$C$24))</f>
+        <v/>
+      </c>
+      <c r="E61" s="7" t="str">
         <f>IF('Facility Processes'!$G$15="","",'Facility Processes'!$G$15)</f>
         <v/>
       </c>
-      <c r="F60" s="56" t="str">
+      <c r="F61" s="7" t="str">
         <f>IF('Facility Processes'!$G$15="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G60" s="145" t="str">
-[...28 lines deleted...]
-      <c r="B61" s="120" t="str">
+      <c r="G61" s="7" t="str">
+        <f>IF('Facility Processes'!$H15="","",'Facility Processes'!$H$14)</f>
+        <v/>
+      </c>
+      <c r="H61" s="7" t="str">
+        <f>IF('Facility Processes'!$H15="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I61" s="102" t="str">
+        <f>IF(C61="","",'Emission Factors'!M24)</f>
+        <v/>
+      </c>
+      <c r="J61" s="7" t="str">
+        <f>IF(I61="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K61" s="91" t="str">
+        <f>IF(I61="","",'Emission Factors'!$D$24)</f>
+        <v/>
+      </c>
+      <c r="L61" s="38" t="str">
+        <f>IF(I61="","",I61*E61)</f>
+        <v/>
+      </c>
+      <c r="M61" s="110"/>
+      <c r="N61" s="7"/>
+      <c r="O61" s="38"/>
+      <c r="P61" s="38" t="str">
+        <f>IF(I61="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I61/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*E61*I61/2000,E61*I61*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q61" s="38" t="str">
+        <f>IF(I61="","",'Facility Processes'!H15*I61/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="62" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B62" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A8="","",'Permitted Diesel Engines'!A8)</f>
         <v/>
       </c>
-      <c r="C61" s="91" t="str">
+      <c r="C62" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!C8)</f>
         <v/>
       </c>
-      <c r="D61" s="56" t="str">
+      <c r="D62" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E61" s="56" t="str">
+      <c r="E62" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!K8)</f>
         <v/>
       </c>
-      <c r="F61" s="56" t="str">
+      <c r="F62" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G61" s="56" t="str">
+      <c r="G62" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!M8)</f>
+        <v/>
+      </c>
+      <c r="H62" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I62" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$M$44:$M$45))</f>
         <v/>
       </c>
-      <c r="H61" s="56" t="str">
+      <c r="J62" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I61" s="119" t="str">
+      <c r="K62" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$N$44:$N$45))</f>
         <v/>
       </c>
-      <c r="J61" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B62" s="120" t="str">
+      <c r="L62" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",E62*I62)</f>
+        <v/>
+      </c>
+      <c r="M62" s="10"/>
+      <c r="N62" s="7"/>
+      <c r="O62" s="38"/>
+      <c r="P62" s="38" t="str">
+        <f>IF(I62="","",IF('Permitted Diesel Engines'!D3&gt;0,IF('Permitted Diesel Engines'!N10&gt;0,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!M44/2000,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!M45/2000),IF('Permitted Diesel Engines'!E8&gt;0,'Permitted Diesel Engines'!E8*'Emission Calculations'!I62*E62/2000,'Emission Calculations'!L62*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q62" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!L8*0.14*'Emission Calculations'!I62/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="63" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B63" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A9="","",'Permitted Diesel Engines'!A9)</f>
         <v/>
       </c>
-      <c r="C62" s="91" t="str">
+      <c r="C63" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!C9)</f>
         <v/>
       </c>
-      <c r="D62" s="56" t="str">
+      <c r="D63" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E62" s="56" t="str">
+      <c r="E63" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!K9)</f>
         <v/>
       </c>
-      <c r="F62" s="56" t="str">
+      <c r="F63" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G62" s="56" t="str">
+      <c r="G63" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!M9)</f>
+        <v/>
+      </c>
+      <c r="H63" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I63" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$M$44:$M$45))</f>
         <v/>
       </c>
-      <c r="H62" s="56" t="str">
+      <c r="J63" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I62" s="119" t="str">
+      <c r="K63" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$N$44:$N$45))</f>
         <v/>
       </c>
-      <c r="J62" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B63" s="120" t="str">
+      <c r="L63" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",E63*I63)</f>
+        <v/>
+      </c>
+      <c r="M63" s="10"/>
+      <c r="N63" s="7"/>
+      <c r="O63" s="38"/>
+      <c r="P63" s="38" t="str">
+        <f>IF(I63="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E9&gt;0,'Permitted Diesel Engines'!E9*'Emission Calculations'!I63*E63/2000,'Emission Calculations'!L63*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q63" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!L9*0.14*'Emission Calculations'!I63/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="64" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B64" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A10="","",'Permitted Diesel Engines'!A10)</f>
         <v/>
       </c>
-      <c r="C63" s="91" t="str">
+      <c r="C64" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!C10)</f>
         <v/>
       </c>
-      <c r="D63" s="56" t="str">
+      <c r="D64" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E63" s="56" t="str">
+      <c r="E64" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!K10)</f>
         <v/>
       </c>
-      <c r="F63" s="56" t="str">
+      <c r="F64" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G63" s="56" t="str">
+      <c r="G64" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!M10)</f>
+        <v/>
+      </c>
+      <c r="H64" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I64" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$M$44:$M$45))</f>
         <v/>
       </c>
-      <c r="H63" s="56" t="str">
+      <c r="J64" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I63" s="119" t="str">
+      <c r="K64" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$N$44:$N$45))</f>
         <v/>
       </c>
-      <c r="J63" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B64" s="120" t="str">
+      <c r="L64" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",E64*I64)</f>
+        <v/>
+      </c>
+      <c r="M64" s="10"/>
+      <c r="N64" s="7"/>
+      <c r="O64" s="38"/>
+      <c r="P64" s="38" t="str">
+        <f>IF(I64="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E10&gt;0,'Permitted Diesel Engines'!E10*'Emission Calculations'!I64*E64/2000,'Emission Calculations'!L64*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q64" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!L10*0.14*'Emission Calculations'!I64/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="65" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B65" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A11="","",'Permitted Diesel Engines'!A11)</f>
         <v/>
       </c>
-      <c r="C64" s="91" t="str">
+      <c r="C65" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!C11)</f>
         <v/>
       </c>
-      <c r="D64" s="56" t="str">
+      <c r="D65" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E64" s="56" t="str">
+      <c r="E65" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!K11)</f>
         <v/>
       </c>
-      <c r="F64" s="56" t="str">
+      <c r="F65" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G64" s="56" t="str">
+      <c r="G65" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!M11)</f>
+        <v/>
+      </c>
+      <c r="H65" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I65" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$M$44:$M$45))</f>
         <v/>
       </c>
-      <c r="H64" s="56" t="str">
+      <c r="J65" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I64" s="119" t="str">
+      <c r="K65" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$N$44:$N$45))</f>
         <v/>
       </c>
-      <c r="J64" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B65" s="120" t="str">
+      <c r="L65" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",E65*I65)</f>
+        <v/>
+      </c>
+      <c r="M65" s="10"/>
+      <c r="N65" s="7"/>
+      <c r="O65" s="38"/>
+      <c r="P65" s="38" t="str">
+        <f>IF(I65="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E11&gt;0,'Permitted Diesel Engines'!E11*'Emission Calculations'!I65*E65/2000,'Emission Calculations'!L65*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q65" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!L11*0.14*'Emission Calculations'!I65/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="66" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B66" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A12="","",'Permitted Diesel Engines'!A12)</f>
         <v/>
       </c>
-      <c r="C65" s="91" t="str">
+      <c r="C66" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!C12)</f>
         <v/>
       </c>
-      <c r="D65" s="56" t="str">
+      <c r="D66" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E65" s="56" t="str">
+      <c r="E66" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!K12)</f>
         <v/>
       </c>
-      <c r="F65" s="56" t="str">
+      <c r="F66" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G65" s="56" t="str">
+      <c r="G66" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!M12)</f>
+        <v/>
+      </c>
+      <c r="H66" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I66" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$M$44:$M$45))</f>
         <v/>
       </c>
-      <c r="H65" s="56" t="str">
+      <c r="J66" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I65" s="272" t="str">
+      <c r="K66" s="201" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$N$44:$N$45))</f>
         <v/>
       </c>
-      <c r="J65" s="137" t="str">
-[...26 lines deleted...]
-      <c r="L66" s="277" t="s">
+      <c r="L66" s="96" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",E66*I66)</f>
+        <v/>
+      </c>
+      <c r="M66" s="96"/>
+      <c r="N66" s="83"/>
+      <c r="O66" s="204"/>
+      <c r="P66" s="204" t="str">
+        <f>IF(I66="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E12&gt;0,'Permitted Diesel Engines'!E12*'Emission Calculations'!I66*E66/2000,'Emission Calculations'!L66*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q66" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!L12*0.14*'Emission Calculations'!I66/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="67" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B67" s="47"/>
+      <c r="D67" s="6"/>
+      <c r="E67" s="6"/>
+      <c r="F67" s="6"/>
+      <c r="G67" s="6"/>
+      <c r="H67" s="6"/>
+      <c r="J67" s="6"/>
+      <c r="K67" s="202"/>
+      <c r="L67" s="203"/>
+      <c r="M67" s="203"/>
+      <c r="N67" s="205" t="s">
         <v>36</v>
       </c>
-      <c r="M66" s="278"/>
-[...1 lines deleted...]
-        <f>SUM(N58:N65)</f>
+      <c r="O67" s="206"/>
+      <c r="P67" s="207">
+        <f>SUM(P58:P66)</f>
         <v>0</v>
       </c>
-      <c r="O66" s="280">
-        <f>SUM(O58:O65)</f>
+      <c r="Q67" s="208">
+        <f>SUM(Q58:Q66)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B67" s="298" t="s">
+    <row r="68" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B68" s="215" t="s">
         <v>14</v>
       </c>
-      <c r="C67" s="298"/>
-[...14 lines deleted...]
-      <c r="A68" s="105" t="str">
+      <c r="C68" s="215"/>
+      <c r="E68" s="6"/>
+      <c r="F68" s="6"/>
+      <c r="G68" s="6"/>
+      <c r="H68" s="6"/>
+      <c r="J68" s="6"/>
+      <c r="K68" s="63"/>
+      <c r="L68" s="11"/>
+      <c r="M68" s="11"/>
+      <c r="N68" s="6"/>
+      <c r="O68" s="9"/>
+      <c r="P68" s="9"/>
+      <c r="Q68" s="9"/>
+    </row>
+    <row r="69" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A69" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!O$12:O$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!O$5:O$10)))</f>
         <v/>
       </c>
-      <c r="B68" s="169" t="str">
-[...11 lines deleted...]
-      <c r="E68" s="124" t="str">
+      <c r="B69" s="117" t="str">
+        <f>IF(I69="","",IF('Facility Processes'!B6="","",'Facility Processes'!B6))</f>
+        <v/>
+      </c>
+      <c r="C69" s="93" t="str">
+        <f>IF(I69="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D69" s="8" t="str">
+        <f>IF(C69="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E69" s="7" t="str">
         <f>IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6)</f>
         <v/>
       </c>
-      <c r="F68" s="124" t="str">
+      <c r="F69" s="7" t="str">
         <f>IF('Facility Processes'!G6="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G68" s="124" t="str">
-[...17 lines deleted...]
-      <c r="M68" s="148" t="str">
+      <c r="G69" s="7" t="str">
+        <f>IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6)</f>
+        <v/>
+      </c>
+      <c r="H69" s="7" t="str">
+        <f>IF('Facility Processes'!H6="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I69" s="7" t="str">
+        <f>IF(A69="","",IF('Facility Information'!F39&gt;0,('Facility Information'!F39/'Facility Information'!G39),IF(A69&gt;0,A69,"")))</f>
+        <v/>
+      </c>
+      <c r="J69" s="7" t="str">
+        <f>IF(I69="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K69" s="86" t="str">
+        <f>IF(I69="","",IF('Facility Information'!F39="",LOOKUP(C69,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10),"Stack Test"))</f>
+        <v/>
+      </c>
+      <c r="L69" s="10" t="str">
+        <f>IF(I69="","",E69*I69)</f>
+        <v/>
+      </c>
+      <c r="M69" s="10"/>
+      <c r="N69" s="7"/>
+      <c r="O69" s="38" t="str">
         <f>IF('Facility Information'!N34&gt;0,'Facility Information'!N34,"")</f>
         <v/>
       </c>
-      <c r="N68" s="59" t="str">
-[...9 lines deleted...]
-      <c r="A69" s="105" t="str">
+      <c r="P69" s="38" t="str">
+        <f>IF(I69="","",IF('Facility Information'!O34&gt;0,'Facility Information'!O34,IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I69/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I69*E69/2000,E69*I69*8760/2000))))</f>
+        <v/>
+      </c>
+      <c r="Q69" s="38" t="str">
+        <f>IF(I69="","",IF('Facility Information'!F39="",'Facility Processes'!H6*I69/2000,('Facility Information'!F39/'Facility Information'!G39*'Facility Processes'!H6/2000)))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="70" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A70" t="str">
         <f>IF('Facility Information'!$B$25="","",LOOKUP('Facility Processes'!$C$10,'Emission Factors'!$A$19:$A$21,'Emission Factors'!$O$19:$O$21))</f>
         <v/>
       </c>
-      <c r="B69" s="169" t="str">
-[...48 lines deleted...]
-      <c r="B70" s="56" t="str">
+      <c r="B70" s="117" t="str">
+        <f>IF(I70="","",IF('Facility Processes'!B10="","",'Facility Processes'!B10))</f>
+        <v/>
+      </c>
+      <c r="C70" s="93" t="str">
+        <f>IF(I70="","",'Facility Processes'!$C$10)</f>
+        <v/>
+      </c>
+      <c r="D70" s="8" t="str">
+        <f>IF(I70="","",LOOKUP('Facility Processes'!$C$10,'Emission Factors'!$A$19:$A$21,'Emission Factors'!$C$19:$C$21))</f>
+        <v/>
+      </c>
+      <c r="E70" s="7" t="str">
+        <f>IF(I70="","",'Facility Processes'!$G$10)</f>
+        <v/>
+      </c>
+      <c r="F70" s="7" t="str">
+        <f>IF(I70="","", 'Facility Processes'!$A$9 &amp;"/hr")</f>
+        <v/>
+      </c>
+      <c r="G70" s="7" t="str">
+        <f>IF(I70="","",'Facility Processes'!$H$10)</f>
+        <v/>
+      </c>
+      <c r="H70" s="7" t="str">
+        <f>IF(I70="","", 'Facility Processes'!$A$9 &amp;"/yr")</f>
+        <v/>
+      </c>
+      <c r="I70" s="7" t="str">
+        <f>IF(A70="","",IF(A70&gt;0,A70,""))</f>
+        <v/>
+      </c>
+      <c r="J70" s="7" t="str">
+        <f>IF(I70="","",LOOKUP(C70,'Emission Factors'!$A$19:$A$21,'Emission Factors'!$P$19:$P$21))</f>
+        <v/>
+      </c>
+      <c r="K70" s="86" t="str">
+        <f>IF(I70="","",LOOKUP(C70,'Emission Factors'!$A$19:$A$21,'Emission Factors'!$D$19:$D$21))</f>
+        <v/>
+      </c>
+      <c r="L70" s="10" t="str">
+        <f>IF(I70="","",E70*I70)</f>
+        <v/>
+      </c>
+      <c r="M70" s="110"/>
+      <c r="N70" s="7"/>
+      <c r="O70" s="38"/>
+      <c r="P70" s="38" t="str">
+        <f>IF(I70="","",E70*I70*8760/2000)</f>
+        <v/>
+      </c>
+      <c r="Q70" s="38" t="str">
+        <f>IF(I70="","",'Facility Processes'!$H$10*I70/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="71" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B71" s="7" t="str">
         <f>IF('Facility Processes'!$B$14="","",'Facility Processes'!$B$14)</f>
         <v/>
       </c>
-      <c r="C70" s="91" t="str">
+      <c r="C71" s="8" t="str">
         <f>IF('Facility Processes'!$G$14="","",'Facility Processes'!$C$14)</f>
         <v/>
       </c>
-      <c r="D70" s="91" t="str">
-[...3 lines deleted...]
-      <c r="E70" s="56" t="str">
+      <c r="D71" s="8" t="str">
+        <f>IF(C71="","",LOOKUP(C71,'Emission Factors'!$A$23,'Emission Factors'!$C$23))</f>
+        <v/>
+      </c>
+      <c r="E71" s="7" t="str">
         <f>IF('Facility Processes'!$G$14="","",'Facility Processes'!$G$14)</f>
         <v/>
       </c>
-      <c r="F70" s="56" t="str">
+      <c r="F71" s="7" t="str">
         <f>IF('Facility Processes'!$G$14="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G70" s="145" t="str">
-[...28 lines deleted...]
-      <c r="B71" s="56" t="str">
+      <c r="G71" s="7" t="str">
+        <f>IF('Facility Processes'!$H14="","",'Facility Processes'!$H14)</f>
+        <v/>
+      </c>
+      <c r="H71" s="7" t="str">
+        <f>IF('Facility Processes'!$H14="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I71" s="102" t="str">
+        <f>IF(C71="","",'Emission Factors'!O23)</f>
+        <v/>
+      </c>
+      <c r="J71" s="7" t="str">
+        <f>IF(I71="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K71" s="91" t="str">
+        <f>IF(I71="","",'Emission Factors'!$D$23)</f>
+        <v/>
+      </c>
+      <c r="L71" s="38" t="str">
+        <f>IF(I71="","",I71*E71)</f>
+        <v/>
+      </c>
+      <c r="M71" s="110"/>
+      <c r="N71" s="7"/>
+      <c r="O71" s="38"/>
+      <c r="P71" s="38" t="str">
+        <f>IF(I71="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I71/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*E71*I71/2000,E71*I71*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q71" s="38" t="str">
+        <f>IF(I71="","",'Facility Processes'!H14*I71/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="72" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B72" s="7" t="str">
         <f>IF('Facility Processes'!$B$15="","",'Facility Processes'!$B$15)</f>
         <v/>
       </c>
-      <c r="C71" s="91" t="str">
+      <c r="C72" s="8" t="str">
         <f>IF('Facility Processes'!$G$15="","",'Facility Processes'!$C$15)</f>
         <v/>
       </c>
-      <c r="D71" s="91" t="str">
-[...3 lines deleted...]
-      <c r="E71" s="56" t="str">
+      <c r="D72" s="8" t="str">
+        <f>IF(C72="","",LOOKUP(C72,'Emission Factors'!$A$24,'Emission Factors'!$C$24))</f>
+        <v/>
+      </c>
+      <c r="E72" s="7" t="str">
         <f>IF('Facility Processes'!$G$15="","",'Facility Processes'!$G$15)</f>
         <v/>
       </c>
-      <c r="F71" s="56" t="str">
+      <c r="F72" s="7" t="str">
         <f>IF('Facility Processes'!$G$15="","","tons/hr")</f>
         <v/>
       </c>
-      <c r="G71" s="145" t="str">
-[...28 lines deleted...]
-      <c r="B72" s="120" t="str">
+      <c r="G72" s="7" t="str">
+        <f>IF('Facility Processes'!$H15="","",'Facility Processes'!$H15)</f>
+        <v/>
+      </c>
+      <c r="H72" s="7" t="str">
+        <f>IF('Facility Processes'!$H15="","","tons/yr")</f>
+        <v/>
+      </c>
+      <c r="I72" s="102" t="str">
+        <f>IF(C72="","",'Emission Factors'!O24)</f>
+        <v/>
+      </c>
+      <c r="J72" s="7" t="str">
+        <f>IF(I72="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K72" s="91" t="str">
+        <f>IF(I72="","",'Emission Factors'!$D$24)</f>
+        <v/>
+      </c>
+      <c r="L72" s="38" t="str">
+        <f>IF(I72="","",I72*E72)</f>
+        <v/>
+      </c>
+      <c r="M72" s="110"/>
+      <c r="N72" s="7"/>
+      <c r="O72" s="38"/>
+      <c r="P72" s="38" t="str">
+        <f>IF(I72="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I72/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*E72*I72/2000,E72*I72*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q72" s="38" t="str">
+        <f>IF(I72="","",'Facility Processes'!H15*I72/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="73" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B73" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A8="","",'Permitted Diesel Engines'!A8)</f>
         <v/>
       </c>
-      <c r="C72" s="91" t="str">
+      <c r="C73" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!C8)</f>
         <v/>
       </c>
-      <c r="D72" s="56" t="str">
+      <c r="D73" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E72" s="56" t="str">
+      <c r="E73" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!K8)</f>
         <v/>
       </c>
-      <c r="F72" s="56" t="str">
+      <c r="F73" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G72" s="56" t="str">
+      <c r="G73" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!M8)</f>
+        <v/>
+      </c>
+      <c r="H73" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I73" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$O$44:$O$45))</f>
         <v/>
       </c>
-      <c r="H72" s="56" t="str">
+      <c r="J73" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I72" s="119" t="str">
+      <c r="K73" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$P$44:$P$45))</f>
         <v/>
       </c>
-      <c r="J72" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B73" s="120" t="str">
+      <c r="L73" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",E73*I73)</f>
+        <v/>
+      </c>
+      <c r="M73" s="10"/>
+      <c r="N73" s="7"/>
+      <c r="O73" s="38"/>
+      <c r="P73" s="38" t="str">
+        <f>IF(I73="","",IF('Permitted Diesel Engines'!D3&gt;0,IF('Permitted Diesel Engines'!N10&gt;0,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!O44/2000,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!O45/2000),IF('Permitted Diesel Engines'!E8&gt;0,'Permitted Diesel Engines'!E8*'Emission Calculations'!I73*E73/2000,'Emission Calculations'!L73*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q73" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!L8*0.14*'Emission Calculations'!I73/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="74" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B74" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A9="","",'Permitted Diesel Engines'!A9)</f>
         <v/>
       </c>
-      <c r="C73" s="91" t="str">
+      <c r="C74" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!C9)</f>
         <v/>
       </c>
-      <c r="D73" s="56" t="str">
+      <c r="D74" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E73" s="56" t="str">
+      <c r="E74" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!K9)</f>
         <v/>
       </c>
-      <c r="F73" s="56" t="str">
+      <c r="F74" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G73" s="56" t="str">
+      <c r="G74" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!M9)</f>
+        <v/>
+      </c>
+      <c r="H74" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I74" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$O$44:$O$45))</f>
         <v/>
       </c>
-      <c r="H73" s="56" t="str">
+      <c r="J74" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I73" s="119" t="str">
+      <c r="K74" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$P$44:$P$45))</f>
         <v/>
       </c>
-      <c r="J73" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B74" s="120" t="str">
+      <c r="L74" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",E74*I74)</f>
+        <v/>
+      </c>
+      <c r="M74" s="10"/>
+      <c r="N74" s="7"/>
+      <c r="O74" s="38"/>
+      <c r="P74" s="38" t="str">
+        <f>IF(I74="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E9&gt;0,'Permitted Diesel Engines'!E9*'Emission Calculations'!I74*E74/2000,'Emission Calculations'!L74*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q74" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!L9*0.14*'Emission Calculations'!I74/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="75" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B75" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A10="","",'Permitted Diesel Engines'!A10)</f>
         <v/>
       </c>
-      <c r="C74" s="91" t="str">
+      <c r="C75" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!C10)</f>
         <v/>
       </c>
-      <c r="D74" s="56" t="str">
+      <c r="D75" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E74" s="56" t="str">
+      <c r="E75" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!K10)</f>
         <v/>
       </c>
-      <c r="F74" s="56" t="str">
+      <c r="F75" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G74" s="56" t="str">
+      <c r="G75" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!M10)</f>
+        <v/>
+      </c>
+      <c r="H75" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I75" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$O$44:$O$45))</f>
         <v/>
       </c>
-      <c r="H74" s="56" t="str">
+      <c r="J75" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I74" s="119" t="str">
+      <c r="K75" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$P$44:$P$45))</f>
         <v/>
       </c>
-      <c r="J74" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B75" s="120" t="str">
+      <c r="L75" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",E75*I75)</f>
+        <v/>
+      </c>
+      <c r="M75" s="10"/>
+      <c r="N75" s="7"/>
+      <c r="O75" s="38"/>
+      <c r="P75" s="38" t="str">
+        <f>IF(I75="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E10&gt;0,'Permitted Diesel Engines'!E10*'Emission Calculations'!I75*E75/2000,'Emission Calculations'!L75*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q75" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!L10*0.14*'Emission Calculations'!I75/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="76" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B76" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A11="","",'Permitted Diesel Engines'!A11)</f>
         <v/>
       </c>
-      <c r="C75" s="91" t="str">
+      <c r="C76" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!C11)</f>
         <v/>
       </c>
-      <c r="D75" s="56" t="str">
+      <c r="D76" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E75" s="56" t="str">
+      <c r="E76" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!K11)</f>
         <v/>
       </c>
-      <c r="F75" s="56" t="str">
+      <c r="F76" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G75" s="56" t="str">
+      <c r="G76" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!M11)</f>
+        <v/>
+      </c>
+      <c r="H76" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I76" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$O$44:$O$45))</f>
         <v/>
       </c>
-      <c r="H75" s="56" t="str">
+      <c r="J76" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I75" s="119" t="str">
+      <c r="K76" s="91" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$P$44:$P$45))</f>
         <v/>
       </c>
-      <c r="J75" s="116" t="str">
-[...16 lines deleted...]
-      <c r="B76" s="120" t="str">
+      <c r="L76" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",E76*I76)</f>
+        <v/>
+      </c>
+      <c r="M76" s="10"/>
+      <c r="N76" s="7"/>
+      <c r="O76" s="38"/>
+      <c r="P76" s="38" t="str">
+        <f>IF(I76="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E11&gt;0,'Permitted Diesel Engines'!E11*'Emission Calculations'!I76*E76/2000,'Emission Calculations'!L76*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q76" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!L11*0.14*'Emission Calculations'!I76/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="77" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B77" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A12="","",'Permitted Diesel Engines'!A12)</f>
         <v/>
       </c>
-      <c r="C76" s="91" t="str">
+      <c r="C77" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!C12)</f>
         <v/>
       </c>
-      <c r="D76" s="56" t="str">
+      <c r="D77" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E76" s="56" t="str">
+      <c r="E77" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!K12)</f>
         <v/>
       </c>
-      <c r="F76" s="56" t="str">
+      <c r="F77" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G76" s="56" t="str">
+      <c r="G77" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!M12)</f>
+        <v/>
+      </c>
+      <c r="H77" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I77" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$O$44:$O$45))</f>
         <v/>
       </c>
-      <c r="H76" s="56" t="str">
+      <c r="J77" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I76" s="272" t="str">
+      <c r="K77" s="201" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$P$44:$P$45))</f>
         <v/>
       </c>
-      <c r="J76" s="137" t="str">
-[...26 lines deleted...]
-      <c r="L77" s="277" t="s">
+      <c r="L77" s="96" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",E77*I77)</f>
+        <v/>
+      </c>
+      <c r="M77" s="96"/>
+      <c r="N77" s="83"/>
+      <c r="O77" s="204"/>
+      <c r="P77" s="204" t="str">
+        <f>IF(I77="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E12&gt;0,'Permitted Diesel Engines'!E12*'Emission Calculations'!I77*E77/2000,'Emission Calculations'!L77*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q77" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!L12*0.14*'Emission Calculations'!I77/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="78" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B78" s="47"/>
+      <c r="D78" s="6"/>
+      <c r="E78" s="6"/>
+      <c r="F78" s="6"/>
+      <c r="G78" s="6"/>
+      <c r="H78" s="6"/>
+      <c r="J78" s="6"/>
+      <c r="K78" s="202"/>
+      <c r="L78" s="203"/>
+      <c r="M78" s="203"/>
+      <c r="N78" s="205" t="s">
         <v>36</v>
       </c>
-      <c r="M77" s="278"/>
-[...1 lines deleted...]
-        <f>SUM(N68:N76)</f>
+      <c r="O78" s="206"/>
+      <c r="P78" s="207">
+        <f>SUM(P69:P77)</f>
         <v>0</v>
       </c>
-      <c r="O77" s="280">
-        <f>SUM(O68:O76)</f>
+      <c r="Q78" s="208">
+        <f>SUM(Q69:Q77)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="B80" s="270" t="s">
+    <row r="80" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="6"/>
+      <c r="E80" s="6"/>
+      <c r="F80" s="6"/>
+      <c r="G80" s="6"/>
+      <c r="H80" s="6"/>
+      <c r="J80" s="6"/>
+      <c r="K80" s="6"/>
+      <c r="L80" s="184"/>
+      <c r="M80" s="82"/>
+      <c r="N80" s="6"/>
+      <c r="O80" s="184"/>
+      <c r="P80" s="189"/>
+      <c r="Q80" s="213"/>
+    </row>
+    <row r="81" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="B81" s="199" t="s">
         <v>18</v>
       </c>
-      <c r="C80" s="260" t="s">
+      <c r="C81" s="188" t="s">
         <v>19</v>
       </c>
-      <c r="D80" s="270" t="s">
+      <c r="D81" s="199" t="s">
         <v>16</v>
       </c>
-      <c r="E80" s="260" t="s">
+      <c r="E81" s="188" t="s">
         <v>17</v>
       </c>
-      <c r="F80" s="260" t="s">
+      <c r="F81" s="188" t="s">
         <v>51</v>
       </c>
-      <c r="G80" s="260" t="s">
+      <c r="G81" s="188" t="s">
+        <v>269</v>
+      </c>
+      <c r="H81" s="188" t="s">
+        <v>51</v>
+      </c>
+      <c r="I81" s="188" t="s">
         <v>20</v>
       </c>
-      <c r="H80" s="260" t="s">
+      <c r="J81" s="188" t="s">
         <v>51</v>
       </c>
-      <c r="I80" s="256" t="s">
+      <c r="K81" s="190" t="s">
         <v>255</v>
       </c>
-      <c r="J80" s="260" t="s">
+      <c r="L81" s="188" t="s">
         <v>139</v>
       </c>
-      <c r="K80" s="196"/>
-      <c r="L80" s="260" t="s">
+      <c r="M81" s="107"/>
+      <c r="N81" s="188" t="s">
         <v>22</v>
       </c>
-      <c r="M80" s="260" t="s">
+      <c r="O81" s="188" t="s">
         <v>140</v>
       </c>
-      <c r="N80" s="260" t="s">
+      <c r="P81" s="188" t="s">
         <v>21</v>
       </c>
-      <c r="O80" s="260" t="s">
+      <c r="Q81" s="188" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="81" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B81" s="295" t="s">
+    <row r="82" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B82" s="214" t="s">
         <v>176</v>
       </c>
-      <c r="C81" s="295"/>
-[...14 lines deleted...]
-      <c r="A82" s="105" t="str">
+      <c r="C82" s="214"/>
+      <c r="E82" s="6"/>
+      <c r="F82" s="6"/>
+      <c r="G82" s="6"/>
+      <c r="H82" s="6"/>
+      <c r="J82" s="6"/>
+      <c r="K82" s="87"/>
+      <c r="L82" s="11"/>
+      <c r="M82" s="11"/>
+      <c r="N82" s="6"/>
+      <c r="O82" s="9"/>
+      <c r="P82" s="9"/>
+      <c r="Q82" s="9"/>
+    </row>
+    <row r="83" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A83" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!Q$12:Q$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!Q$5:Q$10)))</f>
         <v/>
       </c>
-      <c r="B82" s="106" t="str">
-[...49 lines deleted...]
-      <c r="B83" s="296" t="s">
+      <c r="B83" s="7" t="str">
+        <f>IF(I83="","",IF('Facility Processes'!B6="","",'Facility Processes'!B6))</f>
+        <v/>
+      </c>
+      <c r="C83" s="94" t="str">
+        <f>IF(I83="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D83" s="8" t="str">
+        <f>IF(I83="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E83" s="83" t="str">
+        <f>IF(I83="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F83" s="7" t="str">
+        <f>IF(I83="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G83" s="7" t="str">
+        <f>IF(I83="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H83" s="7" t="str">
+        <f>IF(I83="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I83" s="7" t="str">
+        <f>IF(A83="","",IF(A83&gt;0,A83,""))</f>
+        <v/>
+      </c>
+      <c r="J83" s="7" t="str">
+        <f>IF(I83="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K83" s="86" t="str">
+        <f>IF(I83="","",LOOKUP(C83,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L83" s="96" t="str">
+        <f>IF(I83="","",I83*E83)</f>
+        <v/>
+      </c>
+      <c r="M83" s="96"/>
+      <c r="N83" s="7"/>
+      <c r="O83" s="38"/>
+      <c r="P83" s="38" t="str">
+        <f>IF(I83="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I83/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I83*E83/2000,E83*I83*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q83" s="38" t="str">
+        <f>IF(I83="","",'Facility Processes'!$H$6*I83/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="84" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B84" s="215" t="s">
         <v>180</v>
       </c>
-      <c r="C83" s="296"/>
-[...23 lines deleted...]
-      <c r="A84" s="105" t="str">
+      <c r="C84" s="215"/>
+      <c r="E84" s="85" t="str">
+        <f>IF(I84="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F84" s="6"/>
+      <c r="G84" s="6"/>
+      <c r="H84" s="6"/>
+      <c r="J84" s="6" t="str">
+        <f t="shared" ref="J84:J128" si="0">IF(I84="","","lbs/ton")</f>
+        <v/>
+      </c>
+      <c r="K84" s="87" t="str">
+        <f>IF(I84="","",LOOKUP(C84,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L84" s="90"/>
+      <c r="M84" s="11"/>
+      <c r="N84" s="6"/>
+      <c r="O84" s="9"/>
+      <c r="P84" s="9"/>
+      <c r="Q84" s="9"/>
+    </row>
+    <row r="85" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A85" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!S$12:S$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!S$5:S$10)))</f>
         <v/>
       </c>
-      <c r="B84" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H84" s="106" t="str">
+      <c r="B85" s="7" t="str">
+        <f>IF(I85="","",IF('Facility Processes'!B6="","",'Facility Processes'!B6))</f>
+        <v/>
+      </c>
+      <c r="C85" s="94" t="str">
+        <f>IF(I85="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D85" s="8" t="str">
+        <f>IF(I85="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E85" s="97" t="str">
+        <f>IF(I85="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F85" s="7" t="str">
+        <f>IF(I85="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G85" s="108" t="str">
+        <f>IF(I85="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H85" s="7" t="str">
+        <f>IF(I85="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I85" s="7" t="str">
+        <f>IF(A85="","",IF(A85&gt;0,A85,""))</f>
+        <v/>
+      </c>
+      <c r="J85" s="7" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I84" s="112" t="str">
-[...21 lines deleted...]
-      <c r="B85" s="296" t="s">
+      <c r="K85" s="86" t="str">
+        <f>IF(I85="","",LOOKUP(C85,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L85" s="99" t="str">
+        <f>IF(I85="","",I85*E85)</f>
+        <v/>
+      </c>
+      <c r="M85" s="99"/>
+      <c r="N85" s="7"/>
+      <c r="O85" s="38"/>
+      <c r="P85" s="38" t="str">
+        <f>IF(I85="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I85/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I85*E85/2000,E85*I85*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q85" s="38" t="str">
+        <f>IF(I85="","",'Facility Processes'!$H$6*I85/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="86" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B86" s="215" t="s">
         <v>99</v>
       </c>
-      <c r="C85" s="296"/>
-[...7 lines deleted...]
-      <c r="H85" s="108" t="str">
+      <c r="C86" s="215"/>
+      <c r="D86" s="22"/>
+      <c r="E86" s="85" t="str">
+        <f>IF(I86="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F86" s="82"/>
+      <c r="G86" s="6"/>
+      <c r="H86" s="6"/>
+      <c r="J86" s="6" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I85" s="113" t="str">
-[...11 lines deleted...]
-      <c r="A86" s="105" t="str">
+      <c r="K86" s="87" t="str">
+        <f>IF(I86="","",LOOKUP(C86,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L86" s="90"/>
+      <c r="M86" s="11"/>
+      <c r="N86" s="82"/>
+      <c r="O86" s="105"/>
+      <c r="P86" s="9"/>
+      <c r="Q86" s="9"/>
+    </row>
+    <row r="87" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A87" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!U$12:U$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!U$5:U$10)))</f>
         <v/>
       </c>
-      <c r="B86" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H86" s="106" t="str">
+      <c r="B87" s="7" t="str">
+        <f>IF(I87="","",IF('Facility Processes'!B6="","",'Facility Processes'!B6))</f>
+        <v/>
+      </c>
+      <c r="C87" s="94" t="str">
+        <f>IF(I87="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D87" s="8" t="str">
+        <f>IF(I87="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E87" s="84" t="str">
+        <f>IF(I87="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F87" s="7" t="str">
+        <f>IF(I87="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G87" s="7" t="str">
+        <f>IF(I87="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H87" s="7" t="str">
+        <f>IF(I87="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I87" s="7" t="str">
+        <f>IF(A87="","",IF(A87&gt;0,A87,""))</f>
+        <v/>
+      </c>
+      <c r="J87" s="7" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I86" s="112" t="str">
-[...21 lines deleted...]
-      <c r="B87" s="120" t="str">
+      <c r="K87" s="86" t="str">
+        <f>IF(I87="","",LOOKUP(C87,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L87" s="101" t="str">
+        <f>IF(I87="","",I87*E87)</f>
+        <v/>
+      </c>
+      <c r="M87" s="101"/>
+      <c r="N87" s="7"/>
+      <c r="O87" s="38"/>
+      <c r="P87" s="38" t="str">
+        <f>IF(I87="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I87/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I87*E87/2000,E87*I87*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q87" s="38" t="str">
+        <f>IF(I87="","",'Facility Processes'!$H$6*I87/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="88" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B88" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A8="","",'Permitted Diesel Engines'!A8)</f>
         <v/>
       </c>
-      <c r="C87" s="91" t="str">
+      <c r="C88" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!C8)</f>
         <v/>
       </c>
-      <c r="D87" s="56" t="str">
+      <c r="D88" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E87" s="56" t="str">
+      <c r="E88" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!K8)</f>
         <v/>
       </c>
-      <c r="F87" s="56" t="str">
+      <c r="F88" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G87" s="109" t="str">
+      <c r="G88" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!M8)</f>
+        <v/>
+      </c>
+      <c r="H88" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I88" s="84" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$W$44:$W$45))</f>
         <v/>
       </c>
-      <c r="H87" s="109" t="str">
+      <c r="J88" s="84" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I87" s="141" t="str">
+      <c r="K88" s="100" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$X$44:$X$45))</f>
         <v/>
       </c>
-      <c r="J87" s="116" t="str">
-[...17 lines deleted...]
-      <c r="B88" s="120" t="str">
+      <c r="L88" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",E88*I88)</f>
+        <v/>
+      </c>
+      <c r="M88" s="10"/>
+      <c r="N88" s="7"/>
+      <c r="O88" s="38"/>
+      <c r="P88" s="38" t="str">
+        <f>IF(I88="","",IF('Permitted Diesel Engines'!D3&gt;0,IF('Permitted Diesel Engines'!N11&gt;0,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!W45/2000,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!W44/2000),IF('Permitted Diesel Engines'!E8&gt;0,'Permitted Diesel Engines'!E8*'Emission Calculations'!I88*E88/2000,'Emission Calculations'!L88*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q88" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!L8*0.14*'Emission Calculations'!I88/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="89" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B89" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A9="","",'Permitted Diesel Engines'!A9)</f>
         <v/>
       </c>
-      <c r="C88" s="91" t="str">
+      <c r="C89" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!C9)</f>
         <v/>
       </c>
-      <c r="D88" s="56" t="str">
+      <c r="D89" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E88" s="56" t="str">
+      <c r="E89" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!K9)</f>
         <v/>
       </c>
-      <c r="F88" s="56" t="str">
+      <c r="F89" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G88" s="106" t="str">
+      <c r="G89" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!M9)</f>
+        <v/>
+      </c>
+      <c r="H89" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I89" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$W$44:$W$45))</f>
         <v/>
       </c>
-      <c r="H88" s="106" t="str">
+      <c r="J89" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I88" s="112" t="str">
+      <c r="K89" s="86" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$X$44:$X$45))</f>
         <v/>
       </c>
-      <c r="J88" s="116"/>
-[...14 lines deleted...]
-      <c r="B89" s="120" t="str">
+      <c r="L89" s="10"/>
+      <c r="M89" s="10"/>
+      <c r="N89" s="7"/>
+      <c r="O89" s="38"/>
+      <c r="P89" s="38" t="str">
+        <f>IF(I89="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E9&gt;0,'Permitted Diesel Engines'!E9*'Emission Calculations'!I89*E89/2000,'Emission Calculations'!L89*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q89" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!L9*0.14*'Emission Calculations'!I89/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="90" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B90" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A10="","",'Permitted Diesel Engines'!A10)</f>
         <v/>
       </c>
-      <c r="C89" s="91" t="str">
+      <c r="C90" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!C10)</f>
         <v/>
       </c>
-      <c r="D89" s="56" t="str">
+      <c r="D90" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E89" s="56" t="str">
+      <c r="E90" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!K10)</f>
         <v/>
       </c>
-      <c r="F89" s="56" t="str">
+      <c r="F90" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G89" s="106" t="str">
+      <c r="G90" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!M10)</f>
+        <v/>
+      </c>
+      <c r="H90" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I90" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$W$44:$W$45))</f>
         <v/>
       </c>
-      <c r="H89" s="106" t="str">
+      <c r="J90" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I89" s="112" t="str">
+      <c r="K90" s="86" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$X$44:$X$45))</f>
         <v/>
       </c>
-      <c r="J89" s="116"/>
-[...14 lines deleted...]
-      <c r="B90" s="14" t="str">
+      <c r="L90" s="10"/>
+      <c r="M90" s="10"/>
+      <c r="N90" s="7"/>
+      <c r="O90" s="38"/>
+      <c r="P90" s="38" t="str">
+        <f>IF(I90="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E10&gt;0,'Permitted Diesel Engines'!E10*'Emission Calculations'!I90*E90/2000,'Emission Calculations'!L90*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q90" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!L10*0.14*'Emission Calculations'!I90/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="91" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B91" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A11="","",'Permitted Diesel Engines'!A11)</f>
         <v/>
       </c>
-      <c r="C90" s="9" t="str">
+      <c r="C91" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!C11)</f>
         <v/>
       </c>
-      <c r="D90" s="8" t="str">
+      <c r="D91" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E90" s="8" t="str">
+      <c r="E91" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!K11)</f>
         <v/>
       </c>
-      <c r="F90" s="8" t="str">
+      <c r="F91" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G90" s="106" t="str">
+      <c r="G91" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!M11)</f>
+        <v/>
+      </c>
+      <c r="H91" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I91" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$W$44:$W$45))</f>
         <v/>
       </c>
-      <c r="H90" s="106" t="str">
+      <c r="J91" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I90" s="111" t="str">
+      <c r="K91" s="86" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$X$44:$X$45))</f>
         <v/>
       </c>
-      <c r="J90" s="11"/>
-[...14 lines deleted...]
-      <c r="B91" s="14" t="str">
+      <c r="L91" s="10"/>
+      <c r="M91" s="10"/>
+      <c r="N91" s="7"/>
+      <c r="O91" s="38"/>
+      <c r="P91" s="38" t="str">
+        <f>IF(I91="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E11&gt;0,'Permitted Diesel Engines'!E11*'Emission Calculations'!I91*E91/2000,'Emission Calculations'!L91*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q91" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!L11*0.14*'Emission Calculations'!I91/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="92" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B92" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A12="","",'Permitted Diesel Engines'!A12)</f>
         <v/>
       </c>
-      <c r="C91" s="9" t="str">
+      <c r="C92" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!C12)</f>
         <v/>
       </c>
-      <c r="D91" s="8" t="str">
+      <c r="D92" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E91" s="8" t="str">
+      <c r="E92" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!K12)</f>
         <v/>
       </c>
-      <c r="F91" s="8" t="str">
+      <c r="F92" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G91" s="106" t="str">
+      <c r="G92" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!M12)</f>
+        <v/>
+      </c>
+      <c r="H92" s="84" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I92" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$W$44:$W$45))</f>
         <v/>
       </c>
-      <c r="H91" s="106" t="str">
+      <c r="J92" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I91" s="286" t="str">
+      <c r="K92" s="95" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$X$44:$X$45))</f>
         <v/>
       </c>
-      <c r="J91" s="287"/>
-[...20 lines deleted...]
-      <c r="H92" s="108" t="str">
+      <c r="L92" s="96"/>
+      <c r="M92" s="96"/>
+      <c r="N92" s="83"/>
+      <c r="O92" s="204"/>
+      <c r="P92" s="204" t="str">
+        <f>IF(I92="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E12&gt;0,'Permitted Diesel Engines'!E12*'Emission Calculations'!I92*E92/2000,'Emission Calculations'!L92*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q92" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!L12*0.14*'Emission Calculations'!I92/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="93" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E93" s="6"/>
+      <c r="F93" s="6"/>
+      <c r="G93" s="6"/>
+      <c r="H93" s="6"/>
+      <c r="J93" s="6" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I92" s="288"/>
-[...2 lines deleted...]
-      <c r="L92" s="277" t="s">
+      <c r="K93" s="209"/>
+      <c r="L93" s="210"/>
+      <c r="M93" s="210"/>
+      <c r="N93" s="205" t="s">
         <v>36</v>
       </c>
-      <c r="M92" s="278"/>
-[...1 lines deleted...]
-        <f>SUM(N86:N91)</f>
+      <c r="O93" s="206"/>
+      <c r="P93" s="207">
+        <f>SUM(P87:P92)</f>
         <v>0</v>
       </c>
-      <c r="O92" s="280">
-        <f>SUM(O86:O91)</f>
+      <c r="Q93" s="208">
+        <f>SUM(Q87:Q92)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="93" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B93" s="296" t="s">
+    <row r="94" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B94" s="215" t="s">
         <v>162</v>
       </c>
-      <c r="C93" s="296"/>
-[...4 lines deleted...]
-      <c r="H93" s="108" t="str">
+      <c r="C94" s="215"/>
+      <c r="E94" s="6"/>
+      <c r="F94" s="6"/>
+      <c r="G94" s="6"/>
+      <c r="H94" s="6"/>
+      <c r="J94" s="6" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I93" s="129"/>
-[...8 lines deleted...]
-      <c r="A94" s="105" t="str">
+      <c r="K94" s="87"/>
+      <c r="L94" s="11"/>
+      <c r="M94" s="11"/>
+      <c r="N94" s="41"/>
+      <c r="O94" s="9"/>
+      <c r="P94" s="9"/>
+      <c r="Q94" s="9"/>
+    </row>
+    <row r="95" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A95" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!W$12:W$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!W$5:W$10)))</f>
         <v/>
       </c>
-      <c r="B94" s="106" t="str">
+      <c r="B95" s="7" t="str">
         <f>IF('Facility Processes'!B6="","",'Facility Processes'!B6)</f>
         <v/>
       </c>
-      <c r="C94" s="131" t="str">
-[...19 lines deleted...]
-      <c r="H94" s="107" t="str">
+      <c r="C95" s="94" t="str">
+        <f>IF(I95="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D95" s="8" t="str">
+        <f>IF(I95="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E95" s="7" t="str">
+        <f>IF(I95="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F95" s="7" t="str">
+        <f>IF(I95="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G95" s="7" t="str">
+        <f>IF(I95="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H95" s="7" t="str">
+        <f>IF(I95="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I95" s="83" t="str">
+        <f>IF(A95="","",IF(A95&gt;0,A95,""))</f>
+        <v/>
+      </c>
+      <c r="J95" s="83" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I94" s="112" t="str">
-[...21 lines deleted...]
-      <c r="B95" s="297" t="s">
+      <c r="K95" s="86" t="str">
+        <f>IF(I95="","",LOOKUP(C95,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L95" s="10" t="str">
+        <f>IF(I95="","",I95*E95)</f>
+        <v/>
+      </c>
+      <c r="M95" s="10"/>
+      <c r="N95" s="7"/>
+      <c r="O95" s="38"/>
+      <c r="P95" s="38" t="str">
+        <f>IF(I95="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I95/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I95*E95/2000,E95*I95*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q95" s="38" t="str">
+        <f>IF(I95="","",'Facility Processes'!$H$6*I95/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="96" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B96" s="216" t="s">
         <v>15</v>
       </c>
-      <c r="C95" s="297"/>
-[...4 lines deleted...]
-      <c r="H95" s="110" t="str">
+      <c r="C96" s="216"/>
+      <c r="I96" s="85"/>
+      <c r="J96" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I95" s="133"/>
-[...5 lines deleted...]
-      <c r="A96" s="105" t="str">
+      <c r="K96" s="81"/>
+    </row>
+    <row r="97" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A97" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!Y$12:Y$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!Y$5:Y$10)))</f>
         <v/>
       </c>
-      <c r="B96" s="106" t="str">
+      <c r="B97" s="7" t="str">
         <f>IF('Facility Processes'!B6="","",'Facility Processes'!B6)</f>
         <v/>
       </c>
-      <c r="C96" s="131" t="str">
-[...19 lines deleted...]
-      <c r="H96" s="109" t="str">
+      <c r="C97" s="94" t="str">
+        <f>IF(I97="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D97" s="8" t="str">
+        <f>IF(I97="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E97" s="7" t="str">
+        <f>IF(I97="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F97" s="7" t="str">
+        <f>IF(I97="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G97" s="7" t="str">
+        <f>IF(I97="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H97" s="7" t="str">
+        <f>IF(I97="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I97" s="84" t="str">
+        <f>IF(A97="","",IF(A97&gt;0,A97,""))</f>
+        <v/>
+      </c>
+      <c r="J97" s="84" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I96" s="112" t="str">
-[...20 lines deleted...]
-      <c r="A97" s="168" t="str">
+      <c r="K97" s="86" t="str">
+        <f>IF(I97="","",LOOKUP(C97,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L97" s="10" t="str">
+        <f>IF(I97="","",I97*E97)</f>
+        <v/>
+      </c>
+      <c r="M97" s="10"/>
+      <c r="N97" s="7"/>
+      <c r="O97" s="38"/>
+      <c r="P97" s="38" t="str">
+        <f>IF(I97="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I97/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I97*E97/2000,E97*I97*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q97" s="38" t="str">
+        <f>IF(I97="","",'Facility Processes'!$H$6*I97/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="98" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A98" t="str">
         <f>IF('Facility Information'!$B$25="","",LOOKUP('Facility Processes'!$C$10,'Emission Factors'!$A$19:$A$21,'Emission Factors'!Y19:Y21))</f>
         <v/>
       </c>
-      <c r="B97" s="170" t="str">
-[...49 lines deleted...]
-      <c r="B98" s="120" t="str">
+      <c r="B98" s="117" t="str">
+        <f>IF(I98="","",IF('Facility Processes'!B10="","",'Facility Processes'!B10))</f>
+        <v/>
+      </c>
+      <c r="C98" s="93" t="str">
+        <f>IF(I98="","",'Facility Processes'!$C$10)</f>
+        <v/>
+      </c>
+      <c r="D98" s="8" t="str">
+        <f>IF(I98="","",LOOKUP('Facility Processes'!$C$10,'Emission Factors'!$A$19:$A$21,'Emission Factors'!$C$19:$C$21))</f>
+        <v/>
+      </c>
+      <c r="E98" s="7" t="str">
+        <f>IF(I98="","",'Facility Processes'!$G$10)</f>
+        <v/>
+      </c>
+      <c r="F98" s="7" t="str">
+        <f>IF(I98="","", 'Facility Processes'!$A$9 &amp;"/hr")</f>
+        <v/>
+      </c>
+      <c r="G98" s="7" t="str">
+        <f>IF(I98="","",'Facility Processes'!$H$10)</f>
+        <v/>
+      </c>
+      <c r="H98" s="7" t="str">
+        <f>IF(I98="","", 'Facility Processes'!$A$9 &amp;"/yr")</f>
+        <v/>
+      </c>
+      <c r="I98" s="7" t="str">
+        <f>IF(A98="","",IF(A98&gt;0,A98,""))</f>
+        <v/>
+      </c>
+      <c r="J98" s="7" t="str">
+        <f>IF(I98="","",LOOKUP(C98,'Emission Factors'!$A$19:$A$21,'Emission Factors'!$P$19:$P$21))</f>
+        <v/>
+      </c>
+      <c r="K98" s="86" t="str">
+        <f>IF(I98="","",LOOKUP(C98,'Emission Factors'!$A$19:$A$21,'Emission Factors'!$D$19:$D$21))</f>
+        <v/>
+      </c>
+      <c r="L98" s="10" t="str">
+        <f>IF(I98="","",E98*I98)</f>
+        <v/>
+      </c>
+      <c r="M98" s="110"/>
+      <c r="N98" s="7"/>
+      <c r="O98" s="38"/>
+      <c r="P98" s="38" t="str">
+        <f>IF(I98="","",E98*I98*8760/2000)</f>
+        <v/>
+      </c>
+      <c r="Q98" s="38" t="str">
+        <f>IF(I98="","",'Facility Processes'!$H$10*I98/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="99" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B99" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A8="","",'Permitted Diesel Engines'!A8)</f>
         <v/>
       </c>
-      <c r="C98" s="91" t="str">
+      <c r="C99" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!C8)</f>
         <v/>
       </c>
-      <c r="D98" s="56" t="str">
+      <c r="D99" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E98" s="56" t="str">
+      <c r="E99" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!K8)</f>
         <v/>
       </c>
-      <c r="F98" s="56" t="str">
+      <c r="F99" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G98" s="106" t="str">
+      <c r="G99" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!M8)</f>
+        <v/>
+      </c>
+      <c r="H99" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I99" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$U$44:$U$45))</f>
         <v/>
       </c>
-      <c r="H98" s="106" t="str">
+      <c r="J99" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I98" s="112" t="str">
+      <c r="K99" s="86" t="str">
         <f>IF('Permitted Diesel Engines'!C8="","",LOOKUP('Permitted Diesel Engines'!C8,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$V$44:$V$45))</f>
         <v/>
       </c>
-      <c r="J98" s="116" t="str">
-[...17 lines deleted...]
-      <c r="B99" s="120" t="str">
+      <c r="L99" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",E99*I99)</f>
+        <v/>
+      </c>
+      <c r="M99" s="10"/>
+      <c r="N99" s="7"/>
+      <c r="O99" s="38"/>
+      <c r="P99" s="38" t="str">
+        <f>IF(I99="","",IF('Permitted Diesel Engines'!D3&gt;0,IF('Permitted Diesel Engines'!N10&gt;0,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!U44/2000,'Permitted Diesel Engines'!D3*0.14*'Emission Factors'!U45/2000),IF('Permitted Diesel Engines'!E8&gt;0,'Permitted Diesel Engines'!E8*'Emission Calculations'!I99*E99/2000,'Emission Calculations'!L99*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q99" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C8="","",'Permitted Diesel Engines'!L8*0.14*'Emission Calculations'!I99/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="100" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B100" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A9="","",'Permitted Diesel Engines'!A9)</f>
         <v/>
       </c>
-      <c r="C99" s="91" t="str">
+      <c r="C100" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!C9)</f>
         <v/>
       </c>
-      <c r="D99" s="56" t="str">
+      <c r="D100" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E99" s="56" t="str">
+      <c r="E100" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!K9)</f>
         <v/>
       </c>
-      <c r="F99" s="56" t="str">
+      <c r="F100" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G99" s="106" t="str">
+      <c r="G100" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!M9)</f>
+        <v/>
+      </c>
+      <c r="H100" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I100" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$U$44:$U$45))</f>
         <v/>
       </c>
-      <c r="H99" s="106" t="str">
+      <c r="J100" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I99" s="112" t="str">
+      <c r="K100" s="86" t="str">
         <f>IF('Permitted Diesel Engines'!C9="","",LOOKUP('Permitted Diesel Engines'!C9,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$V$44:$V$45))</f>
         <v/>
       </c>
-      <c r="J99" s="116" t="str">
-[...17 lines deleted...]
-      <c r="B100" s="120" t="str">
+      <c r="L100" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",E100*I100)</f>
+        <v/>
+      </c>
+      <c r="M100" s="10"/>
+      <c r="N100" s="7"/>
+      <c r="O100" s="38"/>
+      <c r="P100" s="38" t="str">
+        <f>IF(I100="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E9&gt;0,'Permitted Diesel Engines'!E9*'Emission Calculations'!I100*E100/2000,'Emission Calculations'!L100*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q100" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C9="","",'Permitted Diesel Engines'!L9*0.14*'Emission Calculations'!I100/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="101" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B101" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A10="","",'Permitted Diesel Engines'!A10)</f>
         <v/>
       </c>
-      <c r="C100" s="91" t="str">
+      <c r="C101" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!C10)</f>
         <v/>
       </c>
-      <c r="D100" s="56" t="str">
+      <c r="D101" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E100" s="56" t="str">
+      <c r="E101" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!K10)</f>
         <v/>
       </c>
-      <c r="F100" s="56" t="str">
+      <c r="F101" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G100" s="106" t="str">
+      <c r="G101" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!M10)</f>
+        <v/>
+      </c>
+      <c r="H101" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I101" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$U$44:$U$45))</f>
         <v/>
       </c>
-      <c r="H100" s="106" t="str">
+      <c r="J101" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I100" s="112" t="str">
+      <c r="K101" s="86" t="str">
         <f>IF('Permitted Diesel Engines'!C10="","",LOOKUP('Permitted Diesel Engines'!C10,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$V$44:$V$45))</f>
         <v/>
       </c>
-      <c r="J100" s="116" t="str">
-[...17 lines deleted...]
-      <c r="B101" s="120" t="str">
+      <c r="L101" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",E101*I101)</f>
+        <v/>
+      </c>
+      <c r="M101" s="10"/>
+      <c r="N101" s="7"/>
+      <c r="O101" s="38"/>
+      <c r="P101" s="38" t="str">
+        <f>IF(I101="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E10&gt;0,'Permitted Diesel Engines'!E10*'Emission Calculations'!I101*E101/2000,'Emission Calculations'!L101*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q101" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C10="","",'Permitted Diesel Engines'!L10*0.14*'Emission Calculations'!I101/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="102" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B102" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A11="","",'Permitted Diesel Engines'!A11)</f>
         <v/>
       </c>
-      <c r="C101" s="91" t="str">
+      <c r="C102" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!C11)</f>
         <v/>
       </c>
-      <c r="D101" s="56" t="str">
+      <c r="D102" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E101" s="56" t="str">
+      <c r="E102" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!K11)</f>
         <v/>
       </c>
-      <c r="F101" s="56" t="str">
+      <c r="F102" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G101" s="106" t="str">
+      <c r="G102" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!M11)</f>
+        <v/>
+      </c>
+      <c r="H102" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I102" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$U$44:$U$45))</f>
         <v/>
       </c>
-      <c r="H101" s="106" t="str">
+      <c r="J102" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I101" s="112" t="str">
+      <c r="K102" s="86" t="str">
         <f>IF('Permitted Diesel Engines'!C11="","",LOOKUP('Permitted Diesel Engines'!C11,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$V$44:$V$45))</f>
         <v/>
       </c>
-      <c r="J101" s="116" t="str">
-[...17 lines deleted...]
-      <c r="B102" s="120" t="str">
+      <c r="L102" s="10" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",E102*I102)</f>
+        <v/>
+      </c>
+      <c r="M102" s="10"/>
+      <c r="N102" s="7"/>
+      <c r="O102" s="38"/>
+      <c r="P102" s="38" t="str">
+        <f>IF(I102="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E11&gt;0,'Permitted Diesel Engines'!E11*'Emission Calculations'!I102*E102/2000,'Emission Calculations'!L102*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q102" s="38" t="str">
+        <f>IF('Permitted Diesel Engines'!C11="","",'Permitted Diesel Engines'!L11*0.14*'Emission Calculations'!I102/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="103" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B103" s="13" t="str">
         <f>IF('Permitted Diesel Engines'!A12="","",'Permitted Diesel Engines'!A12)</f>
         <v/>
       </c>
-      <c r="C102" s="91" t="str">
+      <c r="C103" s="8" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!C12)</f>
         <v/>
       </c>
-      <c r="D102" s="56" t="str">
+      <c r="D103" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$C$44:$C$45))</f>
         <v/>
       </c>
-      <c r="E102" s="56" t="str">
+      <c r="E103" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!K12)</f>
         <v/>
       </c>
-      <c r="F102" s="56" t="str">
+      <c r="F103" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/hr")</f>
         <v/>
       </c>
-      <c r="G102" s="106" t="str">
+      <c r="G103" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!M12)</f>
+        <v/>
+      </c>
+      <c r="H103" s="7" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","","MMBtu/yr")</f>
+        <v/>
+      </c>
+      <c r="I103" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$U$44:$U$45))</f>
         <v/>
       </c>
-      <c r="H102" s="106" t="str">
+      <c r="J103" s="7" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$D$44:$D$45))</f>
         <v/>
       </c>
-      <c r="I102" s="134" t="str">
+      <c r="K103" s="95" t="str">
         <f>IF('Permitted Diesel Engines'!C12="","",LOOKUP('Permitted Diesel Engines'!C12,'Emission Factors'!$A$44:$A$45,'Emission Factors'!$V$44:$V$45))</f>
         <v/>
       </c>
-      <c r="J102" s="137" t="str">
-[...23 lines deleted...]
-      <c r="H103" s="108" t="str">
+      <c r="L103" s="96" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",E103*I103)</f>
+        <v/>
+      </c>
+      <c r="M103" s="96"/>
+      <c r="N103" s="83"/>
+      <c r="O103" s="204"/>
+      <c r="P103" s="204" t="str">
+        <f>IF(I103="","",IF('Permitted Diesel Engines'!$D$3&gt;0,"",IF('Permitted Diesel Engines'!E12&gt;0,'Permitted Diesel Engines'!E12*'Emission Calculations'!I103*E103/2000,'Emission Calculations'!L103*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q103" s="204" t="str">
+        <f>IF('Permitted Diesel Engines'!C12="","",'Permitted Diesel Engines'!L12*0.14*'Emission Calculations'!I103/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="104" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B104" s="47"/>
+      <c r="D104" s="6"/>
+      <c r="E104" s="6"/>
+      <c r="F104" s="6"/>
+      <c r="G104" s="6"/>
+      <c r="H104" s="6"/>
+      <c r="J104" s="6" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I103" s="284"/>
-[...2 lines deleted...]
-      <c r="L103" s="277" t="s">
+      <c r="K104" s="209"/>
+      <c r="L104" s="203"/>
+      <c r="M104" s="203"/>
+      <c r="N104" s="205" t="s">
         <v>36</v>
       </c>
-      <c r="M103" s="278"/>
-[...1 lines deleted...]
-        <f>SUM(N96:N102)</f>
+      <c r="O104" s="206"/>
+      <c r="P104" s="207">
+        <f>SUM(P97:P103)</f>
         <v>0</v>
       </c>
-      <c r="O103" s="280">
-        <f>SUM(O96:O102)</f>
+      <c r="Q104" s="208">
+        <f>SUM(Q97:Q103)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="104" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B104" s="296" t="s">
+    <row r="105" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B105" s="215" t="s">
         <v>163</v>
       </c>
-      <c r="C104" s="296"/>
-[...4 lines deleted...]
-      <c r="H104" s="108" t="str">
+      <c r="C105" s="215"/>
+      <c r="E105" s="6"/>
+      <c r="F105" s="6"/>
+      <c r="G105" s="6"/>
+      <c r="H105" s="6"/>
+      <c r="J105" s="6" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I104" s="129"/>
-[...8 lines deleted...]
-      <c r="A105" s="105" t="str">
+      <c r="K105" s="87"/>
+      <c r="L105" s="11"/>
+      <c r="M105" s="11"/>
+      <c r="N105" s="6"/>
+      <c r="O105" s="9"/>
+      <c r="P105" s="9"/>
+      <c r="Q105" s="9"/>
+    </row>
+    <row r="106" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A106" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AA$12:AA$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AA$5:AA$10)))</f>
         <v/>
       </c>
-      <c r="B105" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H105" s="107" t="str">
+      <c r="B106" s="7" t="str">
+        <f>IF(I106="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C106" s="94" t="str">
+        <f>IF(I106="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D106" s="8" t="str">
+        <f>IF(I106="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E106" s="83" t="str">
+        <f>IF(I106="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F106" s="7" t="str">
+        <f>IF(I106="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G106" s="7" t="str">
+        <f>IF(I106="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H106" s="7" t="str">
+        <f>IF(I106="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I106" s="83" t="str">
+        <f>IF(A106="","",IF(A106&gt;0,A106,""))</f>
+        <v/>
+      </c>
+      <c r="J106" s="83" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I105" s="134" t="str">
-[...21 lines deleted...]
-      <c r="B106" s="296" t="s">
+      <c r="K106" s="95" t="str">
+        <f>IF(I106="","",LOOKUP(C106,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L106" s="96" t="str">
+        <f>IF(I106="","",I106*E106)</f>
+        <v/>
+      </c>
+      <c r="M106" s="96"/>
+      <c r="N106" s="7"/>
+      <c r="O106" s="38"/>
+      <c r="P106" s="38" t="str">
+        <f>IF(I106="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I106/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I106*E106/2000,E106*I106*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q106" s="38" t="str">
+        <f>IF(I106="","",'Facility Processes'!$H$6*I106/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="107" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B107" s="215" t="s">
         <v>211</v>
       </c>
-      <c r="C106" s="296"/>
-[...4 lines deleted...]
-      <c r="H106" s="110" t="str">
+      <c r="C107" s="215"/>
+      <c r="E107" s="85"/>
+      <c r="F107" s="6"/>
+      <c r="G107" s="6"/>
+      <c r="H107" s="6"/>
+      <c r="I107" s="85"/>
+      <c r="J107" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I106" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A107" s="105" t="str">
+      <c r="K107" s="88" t="str">
+        <f>IF(I107="","",LOOKUP(C107,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L107" s="90"/>
+      <c r="M107" s="11"/>
+      <c r="N107" s="6"/>
+      <c r="O107" s="9"/>
+      <c r="P107" s="9"/>
+      <c r="Q107" s="9"/>
+    </row>
+    <row r="108" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A108" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AC$12:AC$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AC$5:AC$10)))</f>
         <v/>
       </c>
-      <c r="B107" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H107" s="138" t="str">
+      <c r="B108" s="7" t="str">
+        <f>IF(I108="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C108" s="94" t="str">
+        <f>IF(I108="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D108" s="8" t="str">
+        <f>IF(I108="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E108" s="97" t="str">
+        <f>IF(I108="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F108" s="7" t="str">
+        <f>IF(I108="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G108" s="7" t="str">
+        <f>IF(I108="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H108" s="7" t="str">
+        <f>IF(I108="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I108" s="97" t="str">
+        <f>IF(A108="","",IF(A108&gt;0,A108,""))</f>
+        <v/>
+      </c>
+      <c r="J108" s="97" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I107" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B108" s="296" t="s">
+      <c r="K108" s="98" t="str">
+        <f>IF(I108="","",LOOKUP(C108,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L108" s="99" t="str">
+        <f>IF(I108="","",I108*E108)</f>
+        <v/>
+      </c>
+      <c r="M108" s="99"/>
+      <c r="N108" s="7"/>
+      <c r="O108" s="38"/>
+      <c r="P108" s="38" t="str">
+        <f>IF(I108="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I108/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I108*E108/2000,E108*I108*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q108" s="38" t="str">
+        <f>IF(I108="","",'Facility Processes'!$H$6*I108/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="109" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B109" s="215" t="s">
         <v>164</v>
       </c>
-      <c r="C108" s="296"/>
-[...4 lines deleted...]
-      <c r="H108" s="110" t="str">
+      <c r="C109" s="215"/>
+      <c r="E109" s="85"/>
+      <c r="F109" s="6"/>
+      <c r="G109" s="6"/>
+      <c r="H109" s="6"/>
+      <c r="I109" s="85"/>
+      <c r="J109" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I108" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A109" s="105" t="str">
+      <c r="K109" s="88" t="str">
+        <f>IF(I109="","",LOOKUP(C109,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L109" s="90"/>
+      <c r="M109" s="11"/>
+      <c r="N109" s="6"/>
+      <c r="O109" s="9"/>
+      <c r="P109" s="9"/>
+      <c r="Q109" s="9"/>
+    </row>
+    <row r="110" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A110" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AE$12:AE$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AE$5:AE$10)))</f>
         <v/>
       </c>
-      <c r="B109" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H109" s="138" t="str">
+      <c r="B110" s="7" t="str">
+        <f>IF(I110="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C110" s="94" t="str">
+        <f>IF(I110="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D110" s="8" t="str">
+        <f>IF(I110="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E110" s="7" t="str">
+        <f>IF(I110="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F110" s="7" t="str">
+        <f>IF(I110="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G110" s="7" t="str">
+        <f>IF(I110="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H110" s="7" t="str">
+        <f>IF(I110="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I110" s="7" t="str">
+        <f>IF(A110="","",IF(A110&gt;0,A110,""))</f>
+        <v/>
+      </c>
+      <c r="J110" s="7" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I109" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B110" s="296" t="s">
+      <c r="K110" s="86" t="str">
+        <f>IF(I110="","",LOOKUP(C110,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L110" s="99" t="str">
+        <f>IF(I110="","",I110*E110)</f>
+        <v/>
+      </c>
+      <c r="M110" s="99"/>
+      <c r="N110" s="7"/>
+      <c r="O110" s="38"/>
+      <c r="P110" s="38" t="str">
+        <f>IF(I110="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I110/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I110*E110/2000,E110*I110*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q110" s="38" t="str">
+        <f>IF(I110="","",'Facility Processes'!$H$6*I110/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="111" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B111" s="215" t="s">
         <v>182</v>
       </c>
-      <c r="C110" s="296"/>
-[...4 lines deleted...]
-      <c r="H110" s="161" t="str">
+      <c r="C111" s="215"/>
+      <c r="E111" s="111"/>
+      <c r="F111" s="6"/>
+      <c r="G111" s="6"/>
+      <c r="H111" s="6"/>
+      <c r="I111" s="111"/>
+      <c r="J111" s="111" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I110" s="162" t="str">
-[...11 lines deleted...]
-      <c r="A111" s="105" t="str">
+      <c r="K111" s="112" t="str">
+        <f>IF(I111="","",LOOKUP(C111,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L111" s="113"/>
+      <c r="M111" s="11"/>
+      <c r="N111" s="6"/>
+      <c r="O111" s="9"/>
+      <c r="P111" s="9"/>
+      <c r="Q111" s="9"/>
+    </row>
+    <row r="112" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A112" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AG$12:AG$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AG$5:AG$10)))</f>
         <v/>
       </c>
-      <c r="B111" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H111" s="138" t="str">
+      <c r="B112" s="7" t="str">
+        <f>IF(I112="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C112" s="94" t="str">
+        <f>IF(I112="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D112" s="8" t="str">
+        <f>IF(I112="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E112" s="97" t="str">
+        <f>IF(I112="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F112" s="7" t="str">
+        <f>IF(I112="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G112" s="7" t="str">
+        <f>IF(I112="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H112" s="7" t="str">
+        <f>IF(I112="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I112" s="97" t="str">
+        <f>IF(A112="","",IF(A112&gt;0,A112,""))</f>
+        <v/>
+      </c>
+      <c r="J112" s="97" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I111" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B112" s="296" t="s">
+      <c r="K112" s="98" t="str">
+        <f>IF(I112="","",LOOKUP(C112,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L112" s="99" t="str">
+        <f>IF(I112="","",I112*E112)</f>
+        <v/>
+      </c>
+      <c r="M112" s="99"/>
+      <c r="N112" s="7"/>
+      <c r="O112" s="38"/>
+      <c r="P112" s="38" t="str">
+        <f>IF(I112="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I112/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I112*E112/2000,E112*I112*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q112" s="38" t="str">
+        <f>IF(I112="","",'Facility Processes'!$H$6*I112/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="113" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B113" s="215" t="s">
         <v>177</v>
       </c>
-      <c r="C112" s="296"/>
-[...4 lines deleted...]
-      <c r="H112" s="110" t="str">
+      <c r="C113" s="215"/>
+      <c r="E113" s="85"/>
+      <c r="F113" s="6"/>
+      <c r="G113" s="6"/>
+      <c r="H113" s="6"/>
+      <c r="I113" s="85"/>
+      <c r="J113" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I112" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A113" s="105" t="str">
+      <c r="K113" s="88" t="str">
+        <f>IF(I113="","",LOOKUP(C113,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L113" s="90"/>
+      <c r="M113" s="11"/>
+      <c r="N113" s="6"/>
+      <c r="O113" s="9"/>
+      <c r="P113" s="9"/>
+      <c r="Q113" s="9"/>
+    </row>
+    <row r="114" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A114" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AI$12:AI$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AI$5:AI$10)))</f>
         <v/>
       </c>
-      <c r="B113" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H113" s="138" t="str">
+      <c r="B114" s="7" t="str">
+        <f>IF(I114="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C114" s="94" t="str">
+        <f>IF(I114="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D114" s="8" t="str">
+        <f>IF(I114="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E114" s="97" t="str">
+        <f>IF(I114="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F114" s="7" t="str">
+        <f>IF(I114="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G114" s="7" t="str">
+        <f>IF(I114="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H114" s="7" t="str">
+        <f>IF(I114="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I114" s="97" t="str">
+        <f>IF(A114="","",IF(A114&gt;0,A114,""))</f>
+        <v/>
+      </c>
+      <c r="J114" s="97" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I113" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B114" s="296" t="s">
+      <c r="K114" s="98" t="str">
+        <f>IF(I114="","",LOOKUP(C114,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L114" s="99" t="str">
+        <f>IF(I114="","",I114*E114)</f>
+        <v/>
+      </c>
+      <c r="M114" s="99"/>
+      <c r="N114" s="7"/>
+      <c r="O114" s="38"/>
+      <c r="P114" s="38" t="str">
+        <f>IF(I114="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I114/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I114*E114/2000,E114*I114*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q114" s="38" t="str">
+        <f>IF(I114="","",'Facility Processes'!$H$6*I114/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="115" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B115" s="215" t="s">
         <v>165</v>
       </c>
-      <c r="C114" s="296"/>
-[...4 lines deleted...]
-      <c r="H114" s="110" t="str">
+      <c r="C115" s="215"/>
+      <c r="E115" s="85"/>
+      <c r="F115" s="6"/>
+      <c r="G115" s="6"/>
+      <c r="H115" s="6"/>
+      <c r="I115" s="85"/>
+      <c r="J115" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I114" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A115" s="105" t="str">
+      <c r="K115" s="88" t="str">
+        <f>IF(I115="","",LOOKUP(C115,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L115" s="90"/>
+      <c r="M115" s="11"/>
+      <c r="N115" s="6"/>
+      <c r="O115" s="9"/>
+      <c r="P115" s="9"/>
+      <c r="Q115" s="9"/>
+    </row>
+    <row r="116" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A116" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AK$12:AK$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AK$5:AK$10)))</f>
         <v/>
       </c>
-      <c r="B115" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H115" s="138" t="str">
+      <c r="B116" s="7" t="str">
+        <f>IF(I116="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C116" s="94" t="str">
+        <f>IF(I116="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D116" s="8" t="str">
+        <f>IF(I116="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E116" s="97" t="str">
+        <f>IF(I116="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F116" s="7" t="str">
+        <f>IF(I116="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G116" s="7" t="str">
+        <f>IF(I116="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H116" s="7" t="str">
+        <f>IF(I116="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I116" s="97" t="str">
+        <f>IF(A116="","",IF(A116&gt;0,A116,""))</f>
+        <v/>
+      </c>
+      <c r="J116" s="97" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I115" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B116" s="296" t="s">
+      <c r="K116" s="98" t="str">
+        <f>IF(I116="","",LOOKUP(C116,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L116" s="99" t="str">
+        <f>IF(I116="","",I116*E116)</f>
+        <v/>
+      </c>
+      <c r="M116" s="99"/>
+      <c r="N116" s="7"/>
+      <c r="O116" s="38"/>
+      <c r="P116" s="38" t="str">
+        <f>IF(I116="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I116/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I116*E116/2000,E116*I116*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q116" s="38" t="str">
+        <f>IF(I116="","",'Facility Processes'!$H$6*I116/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="117" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B117" s="215" t="s">
         <v>166</v>
       </c>
-      <c r="C116" s="296"/>
-[...4 lines deleted...]
-      <c r="H116" s="110" t="str">
+      <c r="C117" s="215"/>
+      <c r="E117" s="85"/>
+      <c r="F117" s="6"/>
+      <c r="G117" s="6"/>
+      <c r="H117" s="6"/>
+      <c r="I117" s="85"/>
+      <c r="J117" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I116" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A117" s="105" t="str">
+      <c r="K117" s="88" t="str">
+        <f>IF(I117="","",LOOKUP(C117,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L117" s="90"/>
+      <c r="M117" s="11"/>
+      <c r="N117" s="6"/>
+      <c r="O117" s="9"/>
+      <c r="P117" s="9"/>
+      <c r="Q117" s="9"/>
+    </row>
+    <row r="118" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A118" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AM$12:AM$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AM$5:AM$10)))</f>
         <v/>
       </c>
-      <c r="B117" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H117" s="138" t="str">
+      <c r="B118" s="7" t="str">
+        <f>IF(I118="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C118" s="94" t="str">
+        <f>IF(I118="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D118" s="8" t="str">
+        <f>IF(I118="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E118" s="97" t="str">
+        <f>IF(I118="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F118" s="7" t="str">
+        <f>IF(I118="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G118" s="7" t="str">
+        <f>IF(I118="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H118" s="7" t="str">
+        <f>IF(I118="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I118" s="97" t="str">
+        <f>IF(A118="","",IF(A118&gt;0,A118,""))</f>
+        <v/>
+      </c>
+      <c r="J118" s="97" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I117" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B118" s="296" t="s">
+      <c r="K118" s="98" t="str">
+        <f>IF(I118="","",LOOKUP(C118,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L118" s="99" t="str">
+        <f>IF(I118="","",I118*E118)</f>
+        <v/>
+      </c>
+      <c r="M118" s="99"/>
+      <c r="N118" s="7"/>
+      <c r="O118" s="38"/>
+      <c r="P118" s="38" t="str">
+        <f>IF(I118="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I118/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I118*E118/2000,E118*I118*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q118" s="38" t="str">
+        <f>IF(I118="","",'Facility Processes'!$H$6*I118/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="119" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B119" s="215" t="s">
         <v>167</v>
       </c>
-      <c r="C118" s="296"/>
-[...4 lines deleted...]
-      <c r="H118" s="110" t="str">
+      <c r="C119" s="215"/>
+      <c r="E119" s="85"/>
+      <c r="F119" s="6"/>
+      <c r="G119" s="6"/>
+      <c r="H119" s="6"/>
+      <c r="I119" s="85"/>
+      <c r="J119" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I118" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A119" s="105" t="str">
+      <c r="K119" s="88" t="str">
+        <f>IF(I119="","",LOOKUP(C119,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L119" s="90"/>
+      <c r="M119" s="11"/>
+      <c r="N119" s="6"/>
+      <c r="O119" s="9"/>
+      <c r="P119" s="9"/>
+      <c r="Q119" s="9"/>
+    </row>
+    <row r="120" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A120" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AO$12:AO$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AO$5:AO$10)))</f>
         <v/>
       </c>
-      <c r="B119" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H119" s="138" t="str">
+      <c r="B120" s="7" t="str">
+        <f>IF(I120="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C120" s="94" t="str">
+        <f>IF(I120="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D120" s="8" t="str">
+        <f>IF(I120="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E120" s="97" t="str">
+        <f>IF(I120="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F120" s="7" t="str">
+        <f>IF(I120="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G120" s="7" t="str">
+        <f>IF(I120="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H120" s="7" t="str">
+        <f>IF(I120="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I120" s="97" t="str">
+        <f>IF(A120="","",IF(A120&gt;0,A120,""))</f>
+        <v/>
+      </c>
+      <c r="J120" s="97" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I119" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B120" s="296" t="s">
+      <c r="K120" s="98" t="str">
+        <f>IF(I120="","",LOOKUP(C120,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L120" s="99" t="str">
+        <f>IF(I120="","",I120*E120)</f>
+        <v/>
+      </c>
+      <c r="M120" s="99"/>
+      <c r="N120" s="7"/>
+      <c r="O120" s="38"/>
+      <c r="P120" s="38" t="str">
+        <f>IF(I120="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I120/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I120*E120/2000,E120*I120*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q120" s="38" t="str">
+        <f>IF(I120="","",'Facility Processes'!$H$6*I120/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="121" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B121" s="215" t="s">
         <v>168</v>
       </c>
-      <c r="C120" s="296"/>
-[...4 lines deleted...]
-      <c r="H120" s="110" t="str">
+      <c r="C121" s="215"/>
+      <c r="E121" s="85"/>
+      <c r="F121" s="6"/>
+      <c r="G121" s="6"/>
+      <c r="H121" s="6"/>
+      <c r="I121" s="85"/>
+      <c r="J121" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I120" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A121" s="105" t="str">
+      <c r="K121" s="88" t="str">
+        <f>IF(I121="","",LOOKUP(C121,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L121" s="90"/>
+      <c r="M121" s="11"/>
+      <c r="N121" s="6"/>
+      <c r="O121" s="9"/>
+      <c r="P121" s="9"/>
+      <c r="Q121" s="9"/>
+    </row>
+    <row r="122" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A122" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AQ$12:AQ$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AQ$5:AQ$10)))</f>
         <v/>
       </c>
-      <c r="B121" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H121" s="138" t="str">
+      <c r="B122" s="7" t="str">
+        <f>IF(I122="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C122" s="94" t="str">
+        <f>IF(I122="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D122" s="8" t="str">
+        <f>IF(I122="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E122" s="97" t="str">
+        <f>IF(I122="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F122" s="7" t="str">
+        <f>IF(I122="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G122" s="7" t="str">
+        <f>IF(I122="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H122" s="7" t="str">
+        <f>IF(I122="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I122" s="97" t="str">
+        <f>IF(A122="","",IF(A122&gt;0,A122,""))</f>
+        <v/>
+      </c>
+      <c r="J122" s="97" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I121" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B122" s="296" t="s">
+      <c r="K122" s="98" t="str">
+        <f>IF(I122="","",LOOKUP(C122,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L122" s="99" t="str">
+        <f>IF(I122="","",I122*E122)</f>
+        <v/>
+      </c>
+      <c r="M122" s="99"/>
+      <c r="N122" s="7"/>
+      <c r="O122" s="38"/>
+      <c r="P122" s="38" t="str">
+        <f>IF(I122="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I122/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I122*E122/2000,E122*I122*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q122" s="38" t="str">
+        <f>IF(I122="","",'Facility Processes'!$H$6*I122/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="123" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B123" s="215" t="s">
         <v>206</v>
       </c>
-      <c r="C122" s="296"/>
-[...4 lines deleted...]
-      <c r="H122" s="110" t="str">
+      <c r="C123" s="215"/>
+      <c r="E123" s="85"/>
+      <c r="F123" s="6"/>
+      <c r="G123" s="6"/>
+      <c r="H123" s="6"/>
+      <c r="I123" s="85"/>
+      <c r="J123" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I122" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A123" s="105" t="str">
+      <c r="K123" s="88" t="str">
+        <f>IF(I123="","",LOOKUP(C123,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L123" s="90"/>
+      <c r="M123" s="11"/>
+      <c r="N123" s="6"/>
+      <c r="O123" s="9"/>
+      <c r="P123" s="9"/>
+      <c r="Q123" s="9"/>
+    </row>
+    <row r="124" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A124" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AS$12:AS$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AS$5:AS$10)))</f>
         <v/>
       </c>
-      <c r="B123" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H123" s="138" t="str">
+      <c r="B124" s="7" t="str">
+        <f>IF(I124="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C124" s="94" t="str">
+        <f>IF(I124="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D124" s="8" t="str">
+        <f>IF(I124="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E124" s="97" t="str">
+        <f>IF(I124="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F124" s="7" t="str">
+        <f>IF(I124="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G124" s="7" t="str">
+        <f>IF(I124="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H124" s="7" t="str">
+        <f>IF(I124="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I124" s="97" t="str">
+        <f>IF(A124="","",IF(A124&gt;0,A124,""))</f>
+        <v/>
+      </c>
+      <c r="J124" s="97" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I123" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B124" s="296" t="s">
+      <c r="K124" s="98" t="str">
+        <f>IF(I124="","",LOOKUP(C124,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L124" s="99" t="str">
+        <f>IF(I124="","",I124*E124)</f>
+        <v/>
+      </c>
+      <c r="M124" s="99"/>
+      <c r="N124" s="7"/>
+      <c r="O124" s="38"/>
+      <c r="P124" s="38" t="str">
+        <f>IF(I124="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I124/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I124*E124/2000,E124*I124*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q124" s="38" t="str">
+        <f>IF(I124="","",'Facility Processes'!$H$6*I124/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="125" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B125" s="215" t="s">
         <v>207</v>
       </c>
-      <c r="C124" s="296"/>
-[...4 lines deleted...]
-      <c r="H124" s="110" t="str">
+      <c r="C125" s="215"/>
+      <c r="E125" s="85"/>
+      <c r="F125" s="6"/>
+      <c r="G125" s="6"/>
+      <c r="H125" s="6"/>
+      <c r="I125" s="85"/>
+      <c r="J125" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I124" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A125" s="105" t="str">
+      <c r="K125" s="88" t="str">
+        <f>IF(I125="","",LOOKUP(C125,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L125" s="90"/>
+      <c r="M125" s="11"/>
+      <c r="N125" s="6"/>
+      <c r="O125" s="9"/>
+      <c r="P125" s="9"/>
+      <c r="Q125" s="9"/>
+    </row>
+    <row r="126" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A126" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AU$12:AU$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AU$5:AU$10)))</f>
         <v/>
       </c>
-      <c r="B125" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H125" s="138" t="str">
+      <c r="B126" s="7" t="str">
+        <f>IF(I126="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C126" s="94" t="str">
+        <f>IF(I126="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D126" s="8" t="str">
+        <f>IF(I126="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E126" s="97" t="str">
+        <f>IF(I126="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F126" s="7" t="str">
+        <f>IF(I126="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G126" s="7" t="str">
+        <f>IF(I126="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H126" s="7" t="str">
+        <f>IF(I126="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I126" s="97" t="str">
+        <f>IF(A126="","",IF(A126&gt;0,A126,""))</f>
+        <v/>
+      </c>
+      <c r="J126" s="97" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I125" s="139" t="str">
-[...21 lines deleted...]
-      <c r="B126" s="296" t="s">
+      <c r="K126" s="98" t="str">
+        <f>IF(I126="","",LOOKUP(C126,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L126" s="99" t="str">
+        <f>IF(I126="","",I126*E126)</f>
+        <v/>
+      </c>
+      <c r="M126" s="99"/>
+      <c r="N126" s="7"/>
+      <c r="O126" s="38"/>
+      <c r="P126" s="38" t="str">
+        <f>IF(I126="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I126/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I126*E126/2000,E126*I126*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q126" s="38" t="str">
+        <f>IF(I126="","",'Facility Processes'!$H$6*I126/2000)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="127" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B127" s="215" t="s">
         <v>208</v>
       </c>
-      <c r="C126" s="296"/>
-[...4 lines deleted...]
-      <c r="H126" s="110" t="str">
+      <c r="C127" s="215"/>
+      <c r="E127" s="85"/>
+      <c r="F127" s="6"/>
+      <c r="G127" s="6"/>
+      <c r="H127" s="6"/>
+      <c r="I127" s="85"/>
+      <c r="J127" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I126" s="114" t="str">
-[...11 lines deleted...]
-      <c r="A127" s="105" t="str">
+      <c r="K127" s="88" t="str">
+        <f>IF(I127="","",LOOKUP(C127,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L127" s="90"/>
+      <c r="M127" s="11"/>
+      <c r="N127" s="6"/>
+      <c r="O127" s="9"/>
+      <c r="P127" s="9"/>
+      <c r="Q127" s="9"/>
+    </row>
+    <row r="128" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A128" t="str">
         <f>IF('Facility Information'!$B$24="","",IF('Facility Information'!$B$26="yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$12:$A$17,'Emission Factors'!AW$12:AW$17),LOOKUP('Facility Processes'!C6,'Emission Factors'!$A$5:$A$10,'Emission Factors'!AW$5:AW$10)))</f>
         <v/>
       </c>
-      <c r="B127" s="106" t="str">
-[...23 lines deleted...]
-      <c r="H127" s="109" t="str">
+      <c r="B128" s="7" t="str">
+        <f>IF(I128="","",'Facility Processes'!B6)</f>
+        <v/>
+      </c>
+      <c r="C128" s="94" t="str">
+        <f>IF(I128="","",'Facility Processes'!C6)</f>
+        <v/>
+      </c>
+      <c r="D128" s="8" t="str">
+        <f>IF(I128="","",IF('Facility Information'!$B$26="Yes",LOOKUP('Facility Processes'!C6,'Emission Factors'!A12:A17,'Emission Factors'!C12:C17),IF('Facility Information'!$B$26="No",LOOKUP('Facility Processes'!C6,'Emission Factors'!A5:A10,'Emission Factors'!C5:C10))))</f>
+        <v/>
+      </c>
+      <c r="E128" s="84" t="str">
+        <f>IF(I128="","",IF('Facility Processes'!$G$6="","",'Facility Processes'!$G$6))</f>
+        <v/>
+      </c>
+      <c r="F128" s="7" t="str">
+        <f>IF(I128="","",IF('Facility Processes'!G6="","","tons/hr"))</f>
+        <v/>
+      </c>
+      <c r="G128" s="7" t="str">
+        <f>IF(I128="","",IF('Facility Processes'!$H$6="","",'Facility Processes'!$H$6))</f>
+        <v/>
+      </c>
+      <c r="H128" s="7" t="str">
+        <f>IF(I128="","",IF('Facility Processes'!$H$6="","","tons/yr"))</f>
+        <v/>
+      </c>
+      <c r="I128" s="84" t="str">
+        <f>IF(A128="","",IF(A128&gt;0,A128,""))</f>
+        <v/>
+      </c>
+      <c r="J128" s="84" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I127" s="141" t="str">
-[...29 lines deleted...]
-      <c r="K128" s="125"/>
+      <c r="K128" s="100" t="str">
+        <f>IF(I128="","",LOOKUP(C128,'Emission Factors'!$A$5:$A$10,'Emission Factors'!$D$5:$D$10))</f>
+        <v/>
+      </c>
+      <c r="L128" s="101" t="str">
+        <f>IF(I128="","",I128*E128)</f>
+        <v/>
+      </c>
+      <c r="M128" s="101"/>
+      <c r="N128" s="7"/>
+      <c r="O128" s="38"/>
+      <c r="P128" s="38" t="str">
+        <f>IF(I128="","",IF('Facility Information'!$C$30&gt;0,'Facility Information'!$C$30*I128/2000,IF('Facility Information'!$C$31&gt;0,'Facility Information'!$C$31*365*I128*E128/2000,E128*I128*8760/2000)))</f>
+        <v/>
+      </c>
+      <c r="Q128" s="38" t="str">
+        <f>IF(I128="","",'Facility Processes'!$H$6*I128/2000)</f>
+        <v/>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="PwbmPcotDAwiA+kzMbUyVoytWqfbCO+V4WUtVUw4Zy71/mtgG82Twz4D8N12Y9/UggSeipRygNS+0NEVI+mh4Q==" saltValue="PoGgQyLpYPrkZNGZPK7l2Q==" spinCount="100000" sheet="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="V6YVe4rrq0tQXag0p2aNbzIxr7M7lpthwD5lqkGv4U0Jz6gEZJyPOZoMsabN1UjyPkFz8FoyOKrE5GyuL0FLtw==" saltValue="aj1XFutOjs9tfXix8SnhsQ==" spinCount="100000" sheet="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="71" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="84" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="G15:G18" formula="1"/>
+    <ignoredError sqref="I15:I18" formula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="39"/>
-[...7 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="39"/>
+    <col min="2" max="2" width="22.28515625" customWidth="1"/>
+    <col min="3" max="3" width="18.42578125" customWidth="1"/>
+    <col min="4" max="4" width="10.42578125" customWidth="1"/>
+    <col min="6" max="6" width="14" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="9.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="310" t="s">
+      <c r="A1" s="224" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="310"/>
-[...1 lines deleted...]
-      <c r="D1" s="310"/>
+      <c r="B1" s="224"/>
+      <c r="C1" s="224"/>
+      <c r="D1" s="224"/>
     </row>
     <row r="2" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="323" t="s">
+      <c r="A2" s="233" t="s">
         <v>246</v>
       </c>
-      <c r="B2" s="187"/>
-[...1 lines deleted...]
-      <c r="D2" s="187"/>
+      <c r="B2" s="133"/>
+      <c r="C2" s="133"/>
+      <c r="D2" s="133"/>
     </row>
     <row r="3" spans="1:6" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="311" t="s">
+      <c r="B3" s="225" t="s">
         <v>258</v>
       </c>
-      <c r="C3" s="312"/>
-      <c r="D3" s="313"/>
+      <c r="C3" s="206"/>
+      <c r="D3" s="226"/>
     </row>
     <row r="4" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="203" t="s">
+      <c r="C4" s="143" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="171" t="s">
+      <c r="B5" s="118" t="s">
         <v>29</v>
       </c>
-      <c r="C5" s="205" t="s">
+      <c r="C5" s="145" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="176">
-        <f>'Emission Calculations'!N19</f>
+      <c r="D5" s="122">
+        <f>'Emission Calculations'!P19</f>
         <v>0</v>
       </c>
       <c r="F5" s="1" t="str">
         <f t="shared" ref="F5:F10" si="0">IF(D5&gt;=100,"Potential Emissions are greater than Title V thresholds. Please contact the IAEAP or the Iowa DNR for assistance","")</f>
         <v/>
       </c>
     </row>
     <row r="6" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="172" t="s">
+      <c r="B6" s="119" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="207" t="s">
+      <c r="C6" s="147" t="s">
         <v>30</v>
       </c>
-      <c r="D6" s="176">
-        <f>'Emission Calculations'!N37</f>
+      <c r="D6" s="122">
+        <f>'Emission Calculations'!P37</f>
         <v>0</v>
       </c>
       <c r="F6" s="1" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="7" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="172" t="s">
+      <c r="B7" s="119" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="202" t="s">
+      <c r="C7" s="142" t="s">
         <v>31</v>
       </c>
-      <c r="D7" s="176">
-        <f>'Emission Calculations'!N48</f>
+      <c r="D7" s="122">
+        <f>'Emission Calculations'!P48</f>
         <v>0</v>
       </c>
       <c r="F7" s="1" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="8" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="172" t="s">
+      <c r="B8" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="202" t="s">
+      <c r="C8" s="142" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="176">
-        <f>'Emission Calculations'!N56</f>
+      <c r="D8" s="122">
+        <f>'Emission Calculations'!P56</f>
         <v>0</v>
       </c>
       <c r="F8" s="1" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="9" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="172" t="s">
+      <c r="B9" s="119" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="202" t="s">
+      <c r="C9" s="142" t="s">
         <v>13</v>
       </c>
-      <c r="D9" s="176">
-        <f>'Emission Calculations'!N66</f>
+      <c r="D9" s="122">
+        <f>'Emission Calculations'!P67</f>
         <v>0</v>
       </c>
       <c r="F9" s="1" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="10" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="172" t="s">
+      <c r="B10" s="119" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="202" t="s">
+      <c r="C10" s="142" t="s">
         <v>33</v>
       </c>
-      <c r="D10" s="176">
-        <f>'Emission Calculations'!N77</f>
+      <c r="D10" s="122">
+        <f>'Emission Calculations'!P78</f>
         <v>0</v>
       </c>
       <c r="F10" s="1" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="172" t="s">
+      <c r="B11" s="119" t="s">
         <v>223</v>
       </c>
-      <c r="C11" s="202" t="s">
+      <c r="C11" s="142" t="s">
         <v>224</v>
       </c>
-      <c r="D11" s="176">
-        <f>IF('Emission Calculations'!N82="",0,'Emission Calculations'!N82)</f>
+      <c r="D11" s="122">
+        <f>IF('Emission Calculations'!P83="",0,'Emission Calculations'!P83)</f>
         <v>0</v>
       </c>
       <c r="F11" s="1" t="str">
         <f>IF(D11&gt;=10,"Potential Emissions are greater than Title V thresholds. Please contact the IAEAP or the Iowa DNR for assistance","")</f>
         <v/>
       </c>
     </row>
     <row r="12" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="172" t="s">
+      <c r="B12" s="119" t="s">
         <v>180</v>
       </c>
-      <c r="C12" s="202" t="s">
+      <c r="C12" s="142" t="s">
         <v>225</v>
       </c>
-      <c r="D12" s="176">
-        <f>IF('Emission Calculations'!N84="",0,'Emission Calculations'!N84)</f>
+      <c r="D12" s="122">
+        <f>IF('Emission Calculations'!P85="",0,'Emission Calculations'!P85)</f>
         <v>0</v>
       </c>
       <c r="F12" s="1" t="str">
         <f>IF(D12&gt;=10,"Potential Emissions are greater than Title V thresholds. Please contact the IAEAP or the Iowa DNR for assistance","")</f>
         <v/>
       </c>
     </row>
     <row r="13" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="173" t="s">
+      <c r="B13" s="119" t="s">
         <v>99</v>
       </c>
-      <c r="C13" s="201" t="s">
+      <c r="C13" s="141" t="s">
         <v>134</v>
       </c>
-      <c r="D13" s="176">
-        <f>IF('Emission Calculations'!N92="",0,'Emission Calculations'!N92)</f>
+      <c r="D13" s="122">
+        <f>IF('Emission Calculations'!P93="",0,'Emission Calculations'!P93)</f>
         <v>0</v>
       </c>
       <c r="F13" s="1" t="str">
         <f t="shared" ref="F13:F27" si="1">IF(D13&gt;=10,"Potential Emissions are greater than Title V thresholds. Please contact the IAEAP or the Iowa DNR for assistance","")</f>
         <v/>
       </c>
     </row>
     <row r="14" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="173" t="s">
+      <c r="B14" s="119" t="s">
         <v>162</v>
       </c>
-      <c r="C14" s="201" t="s">
+      <c r="C14" s="141" t="s">
         <v>226</v>
       </c>
-      <c r="D14" s="176">
-        <f>IF('Emission Calculations'!N94="",0,'Emission Calculations'!N94)</f>
+      <c r="D14" s="122">
+        <f>IF('Emission Calculations'!P95="",0,'Emission Calculations'!P95)</f>
         <v>0</v>
       </c>
       <c r="F14" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="15" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="173" t="s">
+      <c r="B15" s="119" t="s">
         <v>15</v>
       </c>
-      <c r="C15" s="201" t="s">
+      <c r="C15" s="141" t="s">
         <v>34</v>
       </c>
-      <c r="D15" s="176">
-        <f>IF('Emission Calculations'!N103="",0,'Emission Calculations'!N103)</f>
+      <c r="D15" s="122">
+        <f>IF('Emission Calculations'!P104="",0,'Emission Calculations'!P104)</f>
         <v>0</v>
       </c>
       <c r="F15" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="16" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="173" t="s">
+      <c r="B16" s="119" t="s">
         <v>163</v>
       </c>
-      <c r="C16" s="201" t="s">
+      <c r="C16" s="141" t="s">
         <v>227</v>
       </c>
-      <c r="D16" s="176">
-        <f>IF('Emission Calculations'!N105="",0,'Emission Calculations'!N105)</f>
+      <c r="D16" s="122">
+        <f>IF('Emission Calculations'!P106="",0,'Emission Calculations'!P106)</f>
         <v>0</v>
       </c>
       <c r="F16" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="17" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="173" t="s">
+      <c r="B17" s="119" t="s">
         <v>211</v>
       </c>
-      <c r="C17" s="201" t="s">
+      <c r="C17" s="141" t="s">
         <v>228</v>
       </c>
-      <c r="D17" s="176">
-        <f>IF('Emission Calculations'!N107="",0,'Emission Calculations'!N107)</f>
+      <c r="D17" s="122">
+        <f>IF('Emission Calculations'!P108="",0,'Emission Calculations'!P108)</f>
         <v>0</v>
       </c>
       <c r="F17" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="18" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="173" t="s">
+      <c r="B18" s="119" t="s">
         <v>164</v>
       </c>
-      <c r="C18" s="201" t="s">
+      <c r="C18" s="141" t="s">
         <v>229</v>
       </c>
-      <c r="D18" s="176">
-        <f>IF('Emission Calculations'!N109="",0,'Emission Calculations'!N109)</f>
+      <c r="D18" s="122">
+        <f>IF('Emission Calculations'!P110="",0,'Emission Calculations'!P110)</f>
         <v>0</v>
       </c>
       <c r="F18" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="19" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="173" t="s">
+      <c r="B19" s="119" t="s">
         <v>182</v>
       </c>
-      <c r="C19" s="201" t="s">
+      <c r="C19" s="141" t="s">
         <v>230</v>
       </c>
-      <c r="D19" s="176">
-        <f>IF('Emission Calculations'!N111="",0,'Emission Calculations'!N111)</f>
+      <c r="D19" s="122">
+        <f>IF('Emission Calculations'!P112="",0,'Emission Calculations'!P112)</f>
         <v>0</v>
       </c>
       <c r="F19" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="20" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="173" t="s">
+      <c r="B20" s="119" t="s">
         <v>177</v>
       </c>
-      <c r="C20" s="201" t="s">
+      <c r="C20" s="141" t="s">
         <v>231</v>
       </c>
-      <c r="D20" s="176">
-        <f>IF('Emission Calculations'!N113="",0,'Emission Calculations'!N113)</f>
+      <c r="D20" s="122">
+        <f>IF('Emission Calculations'!P114="",0,'Emission Calculations'!P114)</f>
         <v>0</v>
       </c>
       <c r="F20" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="21" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="173" t="s">
+      <c r="B21" s="119" t="s">
         <v>165</v>
       </c>
-      <c r="C21" s="201" t="s">
+      <c r="C21" s="141" t="s">
         <v>232</v>
       </c>
-      <c r="D21" s="176">
-        <f>IF('Emission Calculations'!N115="",0,'Emission Calculations'!N115)</f>
+      <c r="D21" s="122">
+        <f>IF('Emission Calculations'!P116="",0,'Emission Calculations'!P116)</f>
         <v>0</v>
       </c>
       <c r="F21" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="22" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="173" t="s">
+      <c r="B22" s="119" t="s">
         <v>166</v>
       </c>
-      <c r="C22" s="201" t="s">
+      <c r="C22" s="141" t="s">
         <v>234</v>
       </c>
-      <c r="D22" s="176">
-        <f>IF('Emission Calculations'!N117="",0,'Emission Calculations'!N117)</f>
+      <c r="D22" s="122">
+        <f>IF('Emission Calculations'!P118="",0,'Emission Calculations'!P118)</f>
         <v>0</v>
       </c>
       <c r="F22" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="23" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="173" t="s">
+      <c r="B23" s="119" t="s">
         <v>167</v>
       </c>
-      <c r="C23" s="201" t="s">
+      <c r="C23" s="141" t="s">
         <v>233</v>
       </c>
-      <c r="D23" s="176">
-        <f>IF('Emission Calculations'!N119="",0,'Emission Calculations'!N119)</f>
+      <c r="D23" s="122">
+        <f>IF('Emission Calculations'!P120="",0,'Emission Calculations'!P120)</f>
         <v>0</v>
       </c>
       <c r="F23" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="24" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="173" t="s">
+      <c r="B24" s="119" t="s">
         <v>168</v>
       </c>
-      <c r="C24" s="201" t="s">
+      <c r="C24" s="141" t="s">
         <v>237</v>
       </c>
-      <c r="D24" s="176">
-        <f>IF('Emission Calculations'!N121="",0,'Emission Calculations'!N121)</f>
+      <c r="D24" s="122">
+        <f>IF('Emission Calculations'!P122="",0,'Emission Calculations'!P122)</f>
         <v>0</v>
       </c>
       <c r="F24" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="25" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B25" s="173" t="s">
+      <c r="B25" s="119" t="s">
         <v>206</v>
       </c>
-      <c r="C25" s="201" t="s">
+      <c r="C25" s="141" t="s">
         <v>238</v>
       </c>
-      <c r="D25" s="176">
-        <f>IF('Emission Calculations'!N123="",0,'Emission Calculations'!N123)</f>
+      <c r="D25" s="122">
+        <f>IF('Emission Calculations'!P124="",0,'Emission Calculations'!P124)</f>
         <v>0</v>
       </c>
       <c r="F25" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="26" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B26" s="173" t="s">
+      <c r="B26" s="119" t="s">
         <v>207</v>
       </c>
-      <c r="C26" s="201" t="s">
+      <c r="C26" s="141" t="s">
         <v>239</v>
       </c>
-      <c r="D26" s="176">
-        <f>IF('Emission Calculations'!N125="",0,'Emission Calculations'!N125)</f>
+      <c r="D26" s="122">
+        <f>IF('Emission Calculations'!P126="",0,'Emission Calculations'!P126)</f>
         <v>0</v>
       </c>
       <c r="F26" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="27" spans="2:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B27" s="173" t="s">
+      <c r="B27" s="119" t="s">
         <v>208</v>
       </c>
-      <c r="C27" s="201" t="s">
+      <c r="C27" s="141" t="s">
         <v>240</v>
       </c>
-      <c r="D27" s="176">
-        <f>IF('Emission Calculations'!N127="",0,'Emission Calculations'!N127)</f>
+      <c r="D27" s="122">
+        <f>IF('Emission Calculations'!P128="",0,'Emission Calculations'!P128)</f>
         <v>0</v>
       </c>
       <c r="F27" s="1" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="2:6" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B28" s="174" t="s">
+      <c r="B28" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="C28" s="206"/>
-      <c r="D28" s="177">
+      <c r="C28" s="146"/>
+      <c r="D28" s="123">
         <f>SUM(D11:D27)</f>
         <v>0</v>
       </c>
       <c r="F28" s="1" t="str">
         <f>IF(D28&gt;=25,"Potential Emissions are greater than Title V thresholds. Please contact the IAEAP or the Iowa DNR for assistance","")</f>
         <v/>
       </c>
     </row>
     <row r="29" spans="2:6" ht="8.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="30" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B30" s="311" t="s">
+      <c r="B30" s="225" t="s">
         <v>257</v>
       </c>
-      <c r="C30" s="312"/>
-      <c r="D30" s="313"/>
+      <c r="C30" s="206"/>
+      <c r="D30" s="226"/>
     </row>
     <row r="31" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B31" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C31" s="204" t="s">
+      <c r="C31" s="144" t="s">
         <v>27</v>
       </c>
-      <c r="D31" s="175" t="s">
+      <c r="D31" s="121" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="C32" s="205" t="s">
+      <c r="C32" s="145" t="s">
         <v>29</v>
       </c>
-      <c r="D32" s="178">
-        <f>'Emission Calculations'!O19</f>
+      <c r="D32" s="124">
+        <f>'Emission Calculations'!Q19</f>
         <v>0</v>
       </c>
       <c r="F32" s="1" t="str">
         <f t="shared" ref="F32:F55" si="2">IF(D32&lt;=D5,"","Actual Emissions are greater than Potential Emissions. Please contact the IAEAP or the Iowa DNR for assistance")</f>
         <v/>
       </c>
     </row>
     <row r="33" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C33" s="207" t="s">
+      <c r="C33" s="147" t="s">
         <v>30</v>
       </c>
-      <c r="D33" s="179">
-        <f>'Emission Calculations'!O37</f>
+      <c r="D33" s="125">
+        <f>'Emission Calculations'!Q37</f>
         <v>0</v>
       </c>
       <c r="F33" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="34" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C34" s="202" t="s">
+      <c r="C34" s="142" t="s">
         <v>31</v>
       </c>
-      <c r="D34" s="179">
-        <f>'Emission Calculations'!O48</f>
+      <c r="D34" s="125">
+        <f>'Emission Calculations'!Q48</f>
         <v>0</v>
       </c>
       <c r="F34" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="35" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C35" s="202" t="s">
+      <c r="C35" s="142" t="s">
         <v>32</v>
       </c>
-      <c r="D35" s="179">
-        <f>'Emission Calculations'!O56</f>
+      <c r="D35" s="125">
+        <f>'Emission Calculations'!Q56</f>
         <v>0</v>
       </c>
       <c r="F35" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C36" s="202" t="s">
+      <c r="C36" s="142" t="s">
         <v>13</v>
       </c>
-      <c r="D36" s="179">
-        <f>'Emission Calculations'!O66</f>
+      <c r="D36" s="125">
+        <f>'Emission Calculations'!Q67</f>
         <v>0</v>
       </c>
       <c r="F36" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="37" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C37" s="202" t="s">
+      <c r="C37" s="142" t="s">
         <v>33</v>
       </c>
-      <c r="D37" s="179">
-        <f>'Emission Calculations'!O77</f>
+      <c r="D37" s="125">
+        <f>'Emission Calculations'!Q78</f>
         <v>0</v>
       </c>
       <c r="F37" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="38" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B38" s="172" t="s">
+      <c r="B38" s="119" t="s">
         <v>223</v>
       </c>
-      <c r="C38" s="202" t="s">
+      <c r="C38" s="142" t="s">
         <v>224</v>
       </c>
-      <c r="D38" s="179">
-        <f>IF('Emission Calculations'!O82="",0,'Emission Calculations'!O82)</f>
+      <c r="D38" s="125">
+        <f>IF('Emission Calculations'!Q83="",0,'Emission Calculations'!Q83)</f>
         <v>0</v>
       </c>
       <c r="F38" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="39" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="172" t="s">
+      <c r="B39" s="119" t="s">
         <v>180</v>
       </c>
-      <c r="C39" s="202" t="s">
+      <c r="C39" s="142" t="s">
         <v>225</v>
       </c>
-      <c r="D39" s="179">
-        <f>IF('Emission Calculations'!O84="",0,'Emission Calculations'!O84)</f>
+      <c r="D39" s="125">
+        <f>IF('Emission Calculations'!Q85="",0,'Emission Calculations'!Q85)</f>
         <v>0</v>
       </c>
       <c r="F39" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="40" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B40" s="173" t="s">
+      <c r="B40" s="119" t="s">
         <v>99</v>
       </c>
-      <c r="C40" s="201" t="s">
+      <c r="C40" s="141" t="s">
         <v>134</v>
       </c>
-      <c r="D40" s="179">
-        <f>IF('Emission Calculations'!O92="",0,'Emission Calculations'!O92)</f>
+      <c r="D40" s="125">
+        <f>IF('Emission Calculations'!Q93="",0,'Emission Calculations'!Q93)</f>
         <v>0</v>
       </c>
       <c r="F40" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="41" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B41" s="173" t="s">
+      <c r="B41" s="119" t="s">
         <v>162</v>
       </c>
-      <c r="C41" s="201" t="s">
+      <c r="C41" s="141" t="s">
         <v>226</v>
       </c>
-      <c r="D41" s="179">
-        <f>IF('Emission Calculations'!O94="",0,'Emission Calculations'!O94)</f>
+      <c r="D41" s="125">
+        <f>IF('Emission Calculations'!Q95="",0,'Emission Calculations'!Q95)</f>
         <v>0</v>
       </c>
       <c r="F41" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="42" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B42" s="173" t="s">
+      <c r="B42" s="119" t="s">
         <v>15</v>
       </c>
-      <c r="C42" s="201" t="s">
+      <c r="C42" s="141" t="s">
         <v>34</v>
       </c>
-      <c r="D42" s="180">
-        <f>IF('Emission Calculations'!O103="",0,'Emission Calculations'!O103)</f>
+      <c r="D42" s="126">
+        <f>IF('Emission Calculations'!Q104="",0,'Emission Calculations'!Q104)</f>
         <v>0</v>
       </c>
       <c r="F42" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="43" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B43" s="173" t="s">
+      <c r="B43" s="119" t="s">
         <v>163</v>
       </c>
-      <c r="C43" s="201" t="s">
+      <c r="C43" s="141" t="s">
         <v>227</v>
       </c>
-      <c r="D43" s="180">
-        <f>IF('Emission Calculations'!O105="",0,'Emission Calculations'!O105)</f>
+      <c r="D43" s="126">
+        <f>IF('Emission Calculations'!Q106="",0,'Emission Calculations'!Q106)</f>
         <v>0</v>
       </c>
       <c r="F43" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="44" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B44" s="173" t="s">
+      <c r="B44" s="119" t="s">
         <v>211</v>
       </c>
-      <c r="C44" s="201" t="s">
+      <c r="C44" s="141" t="s">
         <v>228</v>
       </c>
-      <c r="D44" s="180">
-        <f>IF('Emission Calculations'!O107="",0,'Emission Calculations'!O107)</f>
+      <c r="D44" s="126">
+        <f>IF('Emission Calculations'!Q108="",0,'Emission Calculations'!Q108)</f>
         <v>0</v>
       </c>
       <c r="F44" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="45" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B45" s="173" t="s">
+      <c r="B45" s="119" t="s">
         <v>164</v>
       </c>
-      <c r="C45" s="201" t="s">
+      <c r="C45" s="141" t="s">
         <v>229</v>
       </c>
-      <c r="D45" s="180">
-        <f>IF('Emission Calculations'!O109="",0,'Emission Calculations'!O109)</f>
+      <c r="D45" s="126">
+        <f>IF('Emission Calculations'!Q110="",0,'Emission Calculations'!Q110)</f>
         <v>0</v>
       </c>
       <c r="F45" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="46" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B46" s="173" t="s">
+      <c r="B46" s="119" t="s">
         <v>182</v>
       </c>
-      <c r="C46" s="201" t="s">
+      <c r="C46" s="141" t="s">
         <v>230</v>
       </c>
-      <c r="D46" s="180">
-        <f>IF('Emission Calculations'!O111="",0,'Emission Calculations'!O111)</f>
+      <c r="D46" s="126">
+        <f>IF('Emission Calculations'!Q112="",0,'Emission Calculations'!Q112)</f>
         <v>0</v>
       </c>
       <c r="F46" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="47" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B47" s="173" t="s">
+      <c r="B47" s="119" t="s">
         <v>177</v>
       </c>
-      <c r="C47" s="201" t="s">
+      <c r="C47" s="141" t="s">
         <v>231</v>
       </c>
-      <c r="D47" s="180">
-        <f>IF('Emission Calculations'!O113="",0,'Emission Calculations'!O113)</f>
+      <c r="D47" s="126">
+        <f>IF('Emission Calculations'!Q114="",0,'Emission Calculations'!Q114)</f>
         <v>0</v>
       </c>
       <c r="F47" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="48" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B48" s="173" t="s">
+      <c r="B48" s="119" t="s">
         <v>165</v>
       </c>
-      <c r="C48" s="201" t="s">
+      <c r="C48" s="141" t="s">
         <v>232</v>
       </c>
-      <c r="D48" s="180">
-        <f>IF('Emission Calculations'!O115="",0,'Emission Calculations'!O115)</f>
+      <c r="D48" s="126">
+        <f>IF('Emission Calculations'!Q116="",0,'Emission Calculations'!Q116)</f>
         <v>0</v>
       </c>
       <c r="F48" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="49" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B49" s="173" t="s">
+      <c r="B49" s="119" t="s">
         <v>166</v>
       </c>
-      <c r="C49" s="201" t="s">
+      <c r="C49" s="141" t="s">
         <v>234</v>
       </c>
-      <c r="D49" s="180">
-        <f>IF('Emission Calculations'!O117="",0,'Emission Calculations'!O117)</f>
+      <c r="D49" s="126">
+        <f>IF('Emission Calculations'!Q118="",0,'Emission Calculations'!Q118)</f>
         <v>0</v>
       </c>
       <c r="F49" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="50" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B50" s="173" t="s">
+      <c r="B50" s="119" t="s">
         <v>167</v>
       </c>
-      <c r="C50" s="201" t="s">
+      <c r="C50" s="141" t="s">
         <v>233</v>
       </c>
-      <c r="D50" s="180">
-        <f>IF('Emission Calculations'!O119="",0,'Emission Calculations'!O119)</f>
+      <c r="D50" s="126">
+        <f>IF('Emission Calculations'!Q120="",0,'Emission Calculations'!Q120)</f>
         <v>0</v>
       </c>
       <c r="F50" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="51" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="173" t="s">
+      <c r="B51" s="119" t="s">
         <v>168</v>
       </c>
-      <c r="C51" s="201" t="s">
+      <c r="C51" s="141" t="s">
         <v>237</v>
       </c>
-      <c r="D51" s="180">
-        <f>IF('Emission Calculations'!O121="",0,'Emission Calculations'!O121)</f>
+      <c r="D51" s="126">
+        <f>IF('Emission Calculations'!Q122="",0,'Emission Calculations'!Q122)</f>
         <v>0</v>
       </c>
       <c r="F51" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="52" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B52" s="173" t="s">
+      <c r="B52" s="119" t="s">
         <v>206</v>
       </c>
-      <c r="C52" s="201" t="s">
+      <c r="C52" s="141" t="s">
         <v>238</v>
       </c>
-      <c r="D52" s="180">
-        <f>IF('Emission Calculations'!O123="",0,'Emission Calculations'!O123)</f>
+      <c r="D52" s="126">
+        <f>IF('Emission Calculations'!Q124="",0,'Emission Calculations'!Q124)</f>
         <v>0</v>
       </c>
       <c r="F52" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="53" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B53" s="173" t="s">
+      <c r="B53" s="119" t="s">
         <v>207</v>
       </c>
-      <c r="C53" s="201" t="s">
+      <c r="C53" s="141" t="s">
         <v>239</v>
       </c>
-      <c r="D53" s="180">
-        <f>IF('Emission Calculations'!O125="",0,'Emission Calculations'!O125)</f>
+      <c r="D53" s="126">
+        <f>IF('Emission Calculations'!Q126="",0,'Emission Calculations'!Q126)</f>
         <v>0</v>
       </c>
       <c r="F53" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="54" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B54" s="173" t="s">
+      <c r="B54" s="119" t="s">
         <v>208</v>
       </c>
-      <c r="C54" s="201" t="s">
+      <c r="C54" s="141" t="s">
         <v>240</v>
       </c>
-      <c r="D54" s="180">
-        <f>IF('Emission Calculations'!O127="",0,'Emission Calculations'!O127)</f>
+      <c r="D54" s="126">
+        <f>IF('Emission Calculations'!Q128="",0,'Emission Calculations'!Q128)</f>
         <v>0</v>
       </c>
       <c r="F54" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="55" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B55" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C55" s="206"/>
-      <c r="D55" s="181">
+      <c r="C55" s="146"/>
+      <c r="D55" s="127">
         <f>SUM(D38:D54)</f>
         <v>0</v>
       </c>
       <c r="F55" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="VyZ11KrseRLGwjugX/CqoPD0zb18jPXneXgsGFu+DPvzurjwF13bUtmkAQMBh5VAArcEcYaAEYEW5t7DBZGLAA==" saltValue="GYFj6GWEoccAE5oF82nQVQ==" spinCount="100000" sheet="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="88" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:AX46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="33.5703125" style="39" customWidth="1"/>
-[...31 lines deleted...]
-    <col min="51" max="16384" width="9.140625" style="39"/>
+    <col min="1" max="1" width="33.42578125" customWidth="1"/>
+    <col min="2" max="2" width="33.42578125" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" customWidth="1"/>
+    <col min="4" max="4" width="39.7109375" customWidth="1"/>
+    <col min="6" max="6" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.140625" customWidth="1"/>
+    <col min="9" max="9" width="6.85546875" customWidth="1"/>
+    <col min="10" max="10" width="16.42578125" customWidth="1"/>
+    <col min="12" max="12" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="12" customWidth="1"/>
+    <col min="18" max="20" width="9.85546875" customWidth="1"/>
+    <col min="21" max="21" width="14" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="25" max="26" width="10" bestFit="1" customWidth="1"/>
+    <col min="33" max="34" width="10" customWidth="1"/>
+    <col min="41" max="41" width="22.28515625" bestFit="1" customWidth="1"/>
+    <col min="45" max="46" width="10.42578125" customWidth="1"/>
+    <col min="49" max="49" width="12.140625" customWidth="1"/>
+    <col min="50" max="50" width="9.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:50" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="60" t="s">
+      <c r="A1" s="37" t="s">
         <v>137</v>
       </c>
-      <c r="B1" s="60"/>
+      <c r="B1" s="37"/>
     </row>
     <row r="2" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="C2" s="40"/>
+      <c r="C2" s="21"/>
     </row>
     <row r="3" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A3" s="38" t="s">
+      <c r="A3" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="38"/>
-      <c r="C3" s="38" t="s">
+      <c r="B3" s="33"/>
+      <c r="C3" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="38" t="s">
+      <c r="D3" s="33" t="s">
         <v>93</v>
       </c>
-      <c r="E3" s="38" t="s">
+      <c r="E3" s="33" t="s">
         <v>84</v>
       </c>
-      <c r="F3" s="38" t="s">
+      <c r="F3" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="G3" s="38" t="s">
+      <c r="G3" s="33" t="s">
         <v>85</v>
       </c>
-      <c r="H3" s="38" t="s">
+      <c r="H3" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="I3" s="38" t="s">
+      <c r="I3" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="K3" s="38" t="s">
+      <c r="K3" s="33" t="s">
         <v>32</v>
       </c>
-      <c r="M3" s="38" t="s">
+      <c r="M3" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="O3" s="39" t="s">
+      <c r="O3" t="s">
         <v>14</v>
       </c>
-      <c r="Q3" s="39" t="s">
+      <c r="Q3" t="s">
         <v>176</v>
       </c>
-      <c r="S3" s="39" t="s">
+      <c r="S3" t="s">
         <v>180</v>
       </c>
-      <c r="U3" s="39" t="s">
+      <c r="U3" t="s">
         <v>99</v>
       </c>
-      <c r="W3" s="39" t="s">
+      <c r="W3" t="s">
         <v>162</v>
       </c>
-      <c r="Y3" s="39" t="s">
+      <c r="Y3" t="s">
         <v>15</v>
       </c>
-      <c r="AA3" s="39" t="s">
+      <c r="AA3" t="s">
         <v>163</v>
       </c>
-      <c r="AC3" s="39" t="s">
+      <c r="AC3" t="s">
         <v>181</v>
       </c>
-      <c r="AE3" s="39" t="s">
+      <c r="AE3" t="s">
         <v>164</v>
       </c>
-      <c r="AG3" s="39" t="s">
+      <c r="AG3" t="s">
         <v>182</v>
       </c>
-      <c r="AI3" s="39" t="s">
+      <c r="AI3" t="s">
         <v>177</v>
       </c>
-      <c r="AK3" s="39" t="s">
+      <c r="AK3" t="s">
         <v>165</v>
       </c>
-      <c r="AM3" s="39" t="s">
+      <c r="AM3" t="s">
         <v>166</v>
       </c>
-      <c r="AO3" s="39" t="s">
+      <c r="AO3" t="s">
         <v>167</v>
       </c>
-      <c r="AQ3" s="39" t="s">
+      <c r="AQ3" t="s">
         <v>168</v>
       </c>
-      <c r="AS3" s="319" t="s">
+      <c r="AS3" t="s">
         <v>206</v>
       </c>
-      <c r="AT3" s="319"/>
-      <c r="AU3" s="319" t="s">
+      <c r="AU3" t="s">
         <v>207</v>
       </c>
-      <c r="AV3" s="319"/>
-      <c r="AW3" s="319" t="s">
+      <c r="AW3" t="s">
         <v>208</v>
       </c>
-      <c r="AX3" s="319"/>
     </row>
     <row r="4" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A4" s="44" t="s">
+      <c r="A4" s="24" t="s">
         <v>179</v>
       </c>
-      <c r="B4" s="44"/>
-[...5 lines deleted...]
-      <c r="H4" s="159"/>
+      <c r="B4" s="24"/>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="6"/>
+      <c r="G4" s="6"/>
+      <c r="H4" s="6"/>
     </row>
     <row r="5" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A5" s="39" t="s">
+      <c r="A5" t="s">
         <v>215</v>
       </c>
-      <c r="C5" s="39">
+      <c r="C5">
         <v>30500246</v>
       </c>
-      <c r="D5" s="39" t="s">
+      <c r="D5" t="s">
         <v>193</v>
       </c>
-      <c r="E5" s="39">
+      <c r="E5">
         <v>0.27</v>
       </c>
-      <c r="F5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="39">
+      <c r="F5" t="s">
+        <v>170</v>
+      </c>
+      <c r="G5">
         <v>4.5</v>
       </c>
-      <c r="H5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="39">
+      <c r="H5" t="s">
+        <v>170</v>
+      </c>
+      <c r="I5">
         <v>8.7999999999999995E-2</v>
       </c>
-      <c r="J5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K5" s="39">
+      <c r="J5" t="s">
+        <v>170</v>
+      </c>
+      <c r="K5">
         <v>0.12</v>
       </c>
-      <c r="L5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M5" s="39">
+      <c r="L5" t="s">
+        <v>170</v>
+      </c>
+      <c r="M5">
         <v>8.2000000000000007E-3</v>
       </c>
-      <c r="N5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O5" s="39">
+      <c r="N5" t="s">
+        <v>170</v>
+      </c>
+      <c r="O5">
         <v>0.4</v>
       </c>
-      <c r="P5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Q5" s="39">
+      <c r="P5" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q5">
         <v>3.2000000000000003E-4</v>
       </c>
-      <c r="R5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U5" s="39">
+      <c r="R5" t="s">
+        <v>170</v>
+      </c>
+      <c r="U5">
         <v>2.7999999999999998E-4</v>
       </c>
-      <c r="V5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W5" s="39">
+      <c r="V5" t="s">
+        <v>170</v>
+      </c>
+      <c r="W5">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="X5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y5" s="39">
+      <c r="X5" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y5">
         <v>7.3999999999999999E-4</v>
       </c>
-      <c r="Z5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AI5" s="39">
+      <c r="Z5" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI5">
         <v>2.7E-4</v>
       </c>
-      <c r="AJ5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK5" s="39">
+      <c r="AJ5" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK5">
         <v>1E-3</v>
       </c>
-      <c r="AL5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM5" s="39">
+      <c r="AL5" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM5">
         <v>2.7000000000000001E-3</v>
       </c>
-      <c r="AN5" s="39" t="s">
+      <c r="AN5" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A6" s="39" t="s">
+      <c r="A6" t="s">
         <v>216</v>
       </c>
-      <c r="C6" s="39">
+      <c r="C6">
         <v>30500245</v>
       </c>
-      <c r="D6" s="39" t="s">
+      <c r="D6" t="s">
         <v>193</v>
       </c>
-      <c r="E6" s="39">
+      <c r="E6">
         <v>0.27</v>
       </c>
-      <c r="F6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="39">
+      <c r="F6" t="s">
+        <v>170</v>
+      </c>
+      <c r="G6">
         <v>4.5</v>
       </c>
-      <c r="H6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I6" s="39">
+      <c r="H6" t="s">
+        <v>170</v>
+      </c>
+      <c r="I6">
         <v>4.5999999999999999E-3</v>
       </c>
-      <c r="J6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="39">
+      <c r="J6" t="s">
+        <v>170</v>
+      </c>
+      <c r="K6">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="L6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M6" s="39">
+      <c r="L6" t="s">
+        <v>170</v>
+      </c>
+      <c r="M6">
         <v>8.2000000000000007E-3</v>
       </c>
-      <c r="N6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O6" s="39">
+      <c r="N6" t="s">
+        <v>170</v>
+      </c>
+      <c r="O6">
         <v>0.4</v>
       </c>
-      <c r="P6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Q6" s="39">
+      <c r="P6" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q6">
         <v>3.2000000000000003E-4</v>
       </c>
-      <c r="R6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U6" s="39">
+      <c r="R6" t="s">
+        <v>170</v>
+      </c>
+      <c r="U6">
         <v>2.7999999999999998E-4</v>
       </c>
-      <c r="V6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W6" s="39">
+      <c r="V6" t="s">
+        <v>170</v>
+      </c>
+      <c r="W6">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="X6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y6" s="39">
+      <c r="X6" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y6">
         <v>7.3999999999999999E-4</v>
       </c>
-      <c r="Z6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AI6" s="39">
+      <c r="Z6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI6">
         <v>2.7E-4</v>
       </c>
-      <c r="AJ6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK6" s="39">
+      <c r="AJ6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK6">
         <v>1E-3</v>
       </c>
-      <c r="AL6" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM6" s="39">
+      <c r="AL6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM6">
         <v>2.7000000000000001E-3</v>
       </c>
-      <c r="AN6" s="39" t="s">
+      <c r="AN6" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A7" s="39" t="s">
+      <c r="A7" t="s">
         <v>217</v>
       </c>
-      <c r="C7" s="39">
+      <c r="C7">
         <v>30500247</v>
       </c>
-      <c r="D7" s="39" t="s">
+      <c r="D7" t="s">
         <v>193</v>
       </c>
-      <c r="E7" s="39">
+      <c r="E7">
         <v>0.27</v>
       </c>
-      <c r="F7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="39">
+      <c r="F7" t="s">
+        <v>170</v>
+      </c>
+      <c r="G7">
         <v>4.5</v>
       </c>
-      <c r="H7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="39">
+      <c r="H7" t="s">
+        <v>170</v>
+      </c>
+      <c r="I7">
         <v>8.7999999999999995E-2</v>
       </c>
-      <c r="J7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K7" s="39">
+      <c r="J7" t="s">
+        <v>170</v>
+      </c>
+      <c r="K7">
         <v>0.12</v>
       </c>
-      <c r="L7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M7" s="39">
+      <c r="L7" t="s">
+        <v>170</v>
+      </c>
+      <c r="M7">
         <v>3.5999999999999997E-2</v>
       </c>
-      <c r="N7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O7" s="39">
+      <c r="N7" t="s">
+        <v>170</v>
+      </c>
+      <c r="O7">
         <v>0.4</v>
       </c>
-      <c r="P7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="39">
+      <c r="P7" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q7">
         <v>3.2000000000000003E-4</v>
       </c>
-      <c r="R7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U7" s="39">
+      <c r="R7" t="s">
+        <v>170</v>
+      </c>
+      <c r="U7">
         <v>2.7999999999999998E-4</v>
       </c>
-      <c r="V7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W7" s="39">
+      <c r="V7" t="s">
+        <v>170</v>
+      </c>
+      <c r="W7">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="X7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y7" s="39">
+      <c r="X7" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y7">
         <v>7.3999999999999999E-4</v>
       </c>
-      <c r="Z7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AI7" s="39">
+      <c r="Z7" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI7">
         <v>2.7E-4</v>
       </c>
-      <c r="AJ7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK7" s="39">
+      <c r="AJ7" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK7">
         <v>1E-3</v>
       </c>
-      <c r="AL7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM7" s="39">
+      <c r="AL7" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM7">
         <v>2.7000000000000001E-3</v>
       </c>
-      <c r="AN7" s="39" t="s">
+      <c r="AN7" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A8" s="39" t="s">
+      <c r="A8" t="s">
         <v>218</v>
       </c>
-      <c r="C8" s="39">
+      <c r="C8">
         <v>30500258</v>
       </c>
-      <c r="D8" s="39" t="s">
+      <c r="D8" t="s">
         <v>194</v>
       </c>
-      <c r="E8" s="39">
+      <c r="E8">
         <v>1.54</v>
       </c>
-      <c r="F8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="39">
+      <c r="F8" t="s">
+        <v>170</v>
+      </c>
+      <c r="G8">
         <v>6.5</v>
       </c>
-      <c r="H8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="39">
+      <c r="H8" t="s">
+        <v>170</v>
+      </c>
+      <c r="I8">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="J8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="39">
+      <c r="J8" t="s">
+        <v>170</v>
+      </c>
+      <c r="K8">
         <v>5.5E-2</v>
       </c>
-      <c r="L8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M8" s="39">
+      <c r="L8" t="s">
+        <v>170</v>
+      </c>
+      <c r="M8">
         <v>3.2000000000000001E-2</v>
       </c>
-      <c r="N8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O8" s="39">
+      <c r="N8" t="s">
+        <v>170</v>
+      </c>
+      <c r="O8">
         <v>0.13</v>
       </c>
-      <c r="P8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U8" s="39">
+      <c r="P8" t="s">
+        <v>170</v>
+      </c>
+      <c r="U8">
         <v>3.8999999999999999E-4</v>
       </c>
-      <c r="V8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W8" s="39">
+      <c r="V8" t="s">
+        <v>170</v>
+      </c>
+      <c r="W8">
         <v>2.4000000000000001E-4</v>
       </c>
-      <c r="X8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y8" s="39">
+      <c r="X8" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y8">
         <v>3.0999999999999999E-3</v>
       </c>
-      <c r="Z8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AA8" s="39">
+      <c r="Z8" t="s">
+        <v>170</v>
+      </c>
+      <c r="AA8">
         <v>9.2000000000000003E-4</v>
       </c>
-      <c r="AB8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AE8" s="39">
+      <c r="AB8" t="s">
+        <v>170</v>
+      </c>
+      <c r="AE8">
         <v>4.8000000000000001E-5</v>
       </c>
-      <c r="AF8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK8" s="39">
+      <c r="AF8" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK8">
         <v>2.8999999999999998E-3</v>
       </c>
-      <c r="AL8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM8" s="39">
+      <c r="AL8" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM8">
         <v>2.0000000000000001E-4</v>
       </c>
-      <c r="AN8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AO8" s="39">
+      <c r="AN8" t="s">
+        <v>170</v>
+      </c>
+      <c r="AO8">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="AP8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AQ8" s="39">
+      <c r="AP8" t="s">
+        <v>170</v>
+      </c>
+      <c r="AQ8">
         <v>1.2999999999999999E-3</v>
       </c>
-      <c r="AR8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AS8" s="39">
+      <c r="AR8" t="s">
+        <v>170</v>
+      </c>
+      <c r="AS8">
         <v>2.4000000000000001E-5</v>
       </c>
-      <c r="AT8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AU8" s="39">
+      <c r="AT8" t="s">
+        <v>170</v>
+      </c>
+      <c r="AU8">
         <v>5.4000000000000001E-4</v>
       </c>
-      <c r="AV8" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AW8" s="39">
+      <c r="AV8" t="s">
+        <v>170</v>
+      </c>
+      <c r="AW8">
         <v>6.4999999999999997E-4</v>
       </c>
-      <c r="AX8" s="39" t="s">
+      <c r="AX8" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A9" s="39" t="s">
+      <c r="A9" t="s">
         <v>219</v>
       </c>
-      <c r="C9" s="39">
+      <c r="C9">
         <v>30500255</v>
       </c>
-      <c r="D9" s="39" t="s">
+      <c r="D9" t="s">
         <v>195</v>
       </c>
-      <c r="E9" s="39">
+      <c r="E9">
         <v>1.54</v>
       </c>
-      <c r="F9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="39">
+      <c r="F9" t="s">
+        <v>170</v>
+      </c>
+      <c r="G9">
         <v>6.5</v>
       </c>
-      <c r="H9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="39">
+      <c r="H9" t="s">
+        <v>170</v>
+      </c>
+      <c r="I9">
         <v>3.3999999999999998E-3</v>
       </c>
-      <c r="J9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K9" s="39">
+      <c r="J9" t="s">
+        <v>170</v>
+      </c>
+      <c r="K9">
         <v>2.5999999999999999E-2</v>
       </c>
-      <c r="L9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M9" s="39">
+      <c r="L9" t="s">
+        <v>170</v>
+      </c>
+      <c r="M9">
         <v>3.2000000000000001E-2</v>
       </c>
-      <c r="N9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O9" s="39">
+      <c r="N9" t="s">
+        <v>170</v>
+      </c>
+      <c r="O9">
         <v>0.13</v>
       </c>
-      <c r="P9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U9" s="39">
+      <c r="P9" t="s">
+        <v>170</v>
+      </c>
+      <c r="U9">
         <v>3.8999999999999999E-4</v>
       </c>
-      <c r="V9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W9" s="39">
+      <c r="V9" t="s">
+        <v>170</v>
+      </c>
+      <c r="W9">
         <v>2.4000000000000001E-4</v>
       </c>
-      <c r="X9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y9" s="39">
+      <c r="X9" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y9">
         <v>3.0999999999999999E-3</v>
       </c>
-      <c r="Z9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AA9" s="39">
+      <c r="Z9" t="s">
+        <v>170</v>
+      </c>
+      <c r="AA9">
         <v>9.2000000000000003E-4</v>
       </c>
-      <c r="AB9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AE9" s="39">
+      <c r="AB9" t="s">
+        <v>170</v>
+      </c>
+      <c r="AE9">
         <v>4.8000000000000001E-5</v>
       </c>
-      <c r="AF9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK9" s="39">
+      <c r="AF9" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK9">
         <v>1.4999999999999999E-4</v>
       </c>
-      <c r="AL9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM9" s="39">
+      <c r="AL9" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM9">
         <v>2.0000000000000001E-4</v>
       </c>
-      <c r="AN9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AO9" s="39">
+      <c r="AN9" t="s">
+        <v>170</v>
+      </c>
+      <c r="AO9">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="AP9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AQ9" s="39">
+      <c r="AP9" t="s">
+        <v>170</v>
+      </c>
+      <c r="AQ9">
         <v>6.3E-5</v>
       </c>
-      <c r="AR9" s="39" t="s">
+      <c r="AR9" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A10" s="39" t="s">
+      <c r="A10" t="s">
         <v>220</v>
       </c>
-      <c r="C10" s="39">
+      <c r="C10">
         <v>30500261</v>
       </c>
-      <c r="D10" s="39" t="s">
+      <c r="D10" t="s">
         <v>194</v>
       </c>
-      <c r="E10" s="39">
+      <c r="E10">
         <v>1.54</v>
       </c>
-      <c r="F10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="39">
+      <c r="F10" t="s">
+        <v>170</v>
+      </c>
+      <c r="G10">
         <v>6.5</v>
       </c>
-      <c r="H10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="39">
+      <c r="H10" t="s">
+        <v>170</v>
+      </c>
+      <c r="I10">
         <v>5.8000000000000003E-2</v>
       </c>
-      <c r="J10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="39">
+      <c r="J10" t="s">
+        <v>170</v>
+      </c>
+      <c r="K10">
         <v>5.5E-2</v>
       </c>
-      <c r="L10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M10" s="39">
+      <c r="L10" t="s">
+        <v>170</v>
+      </c>
+      <c r="M10">
         <v>3.2000000000000001E-2</v>
       </c>
-      <c r="N10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O10" s="39">
+      <c r="N10" t="s">
+        <v>170</v>
+      </c>
+      <c r="O10">
         <v>0.13</v>
       </c>
-      <c r="P10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Q10" s="39">
+      <c r="P10" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q10">
         <v>1.2999999999999999E-3</v>
       </c>
-      <c r="R10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="S10" s="39">
+      <c r="R10" t="s">
+        <v>170</v>
+      </c>
+      <c r="S10">
         <v>2.5999999999999998E-5</v>
       </c>
-      <c r="T10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U10" s="39">
+      <c r="T10" t="s">
+        <v>170</v>
+      </c>
+      <c r="U10">
         <v>3.8999999999999999E-4</v>
       </c>
-      <c r="V10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W10" s="39">
+      <c r="V10" t="s">
+        <v>170</v>
+      </c>
+      <c r="W10">
         <v>2.4000000000000001E-4</v>
       </c>
-      <c r="X10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y10" s="39">
+      <c r="X10" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y10">
         <v>3.0999999999999999E-3</v>
       </c>
-      <c r="Z10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AA10" s="39">
+      <c r="Z10" t="s">
+        <v>170</v>
+      </c>
+      <c r="AA10">
         <v>9.2000000000000003E-4</v>
       </c>
-      <c r="AB10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AC10" s="39">
+      <c r="AB10" t="s">
+        <v>170</v>
+      </c>
+      <c r="AC10">
         <v>2.1000000000000001E-4</v>
       </c>
-      <c r="AD10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AE10" s="39">
+      <c r="AD10" t="s">
+        <v>170</v>
+      </c>
+      <c r="AE10">
         <v>4.8000000000000001E-5</v>
       </c>
-      <c r="AF10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AG10" s="39">
+      <c r="AF10" t="s">
+        <v>170</v>
+      </c>
+      <c r="AG10">
         <v>1.2999999999999999E-4</v>
       </c>
-      <c r="AH10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AI10" s="39">
+      <c r="AH10" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI10">
         <v>1.6000000000000001E-4</v>
       </c>
-      <c r="AJ10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK10" s="39">
+      <c r="AJ10" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK10">
         <v>2.8999999999999998E-3</v>
       </c>
-      <c r="AL10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM10" s="39">
+      <c r="AL10" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM10">
         <v>2.0000000000000001E-4</v>
       </c>
-      <c r="AN10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AO10" s="39">
+      <c r="AN10" t="s">
+        <v>170</v>
+      </c>
+      <c r="AO10">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="AP10" s="39" t="s">
+      <c r="AP10" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A11" s="40" t="s">
+      <c r="A11" s="21" t="s">
         <v>178</v>
       </c>
-      <c r="B11" s="40"/>
+      <c r="B11" s="21"/>
     </row>
     <row r="12" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A12" s="39" t="s">
+      <c r="A12" t="s">
         <v>215</v>
       </c>
-      <c r="C12" s="39">
+      <c r="C12">
         <v>30500246</v>
       </c>
-      <c r="D12" s="39" t="s">
+      <c r="D12" t="s">
         <v>193</v>
       </c>
-      <c r="E12" s="39">
+      <c r="E12">
         <v>8.3000000000000001E-3</v>
       </c>
-      <c r="F12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="39">
+      <c r="F12" t="s">
+        <v>170</v>
+      </c>
+      <c r="G12">
         <v>9.7999999999999997E-3</v>
       </c>
-      <c r="H12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="39">
+      <c r="H12" t="s">
+        <v>170</v>
+      </c>
+      <c r="I12">
         <v>8.7999999999999995E-2</v>
       </c>
-      <c r="J12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K12" s="39">
+      <c r="J12" t="s">
+        <v>170</v>
+      </c>
+      <c r="K12">
         <v>0.12</v>
       </c>
-      <c r="L12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M12" s="39">
+      <c r="L12" t="s">
+        <v>170</v>
+      </c>
+      <c r="M12">
         <v>8.2000000000000007E-3</v>
       </c>
-      <c r="N12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O12" s="39">
+      <c r="N12" t="s">
+        <v>170</v>
+      </c>
+      <c r="O12">
         <v>0.4</v>
       </c>
-      <c r="P12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Q12" s="39">
+      <c r="P12" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q12">
         <v>3.2000000000000003E-4</v>
       </c>
-      <c r="R12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U12" s="39">
+      <c r="R12" t="s">
+        <v>170</v>
+      </c>
+      <c r="U12">
         <v>2.7999999999999998E-4</v>
       </c>
-      <c r="V12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W12" s="39">
+      <c r="V12" t="s">
+        <v>170</v>
+      </c>
+      <c r="W12">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="X12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y12" s="39">
+      <c r="X12" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y12">
         <v>7.3999999999999999E-4</v>
       </c>
-      <c r="Z12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AI12" s="39">
+      <c r="Z12" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI12">
         <v>2.7E-4</v>
       </c>
-      <c r="AJ12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK12" s="39">
+      <c r="AJ12" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK12">
         <v>1E-3</v>
       </c>
-      <c r="AL12" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM12" s="39">
+      <c r="AL12" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM12">
         <v>2.7000000000000001E-3</v>
       </c>
-      <c r="AN12" s="39" t="s">
+      <c r="AN12" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A13" s="39" t="s">
+      <c r="A13" t="s">
         <v>216</v>
       </c>
-      <c r="C13" s="39">
+      <c r="C13">
         <v>30500245</v>
       </c>
-      <c r="D13" s="39" t="s">
+      <c r="D13" t="s">
         <v>193</v>
       </c>
-      <c r="E13" s="39">
+      <c r="E13">
         <v>8.3000000000000001E-3</v>
       </c>
-      <c r="F13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G13" s="39">
+      <c r="F13" t="s">
+        <v>170</v>
+      </c>
+      <c r="G13">
         <v>9.7999999999999997E-3</v>
       </c>
-      <c r="H13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="39">
+      <c r="H13" t="s">
+        <v>170</v>
+      </c>
+      <c r="I13">
         <v>4.5999999999999999E-3</v>
       </c>
-      <c r="J13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="39">
+      <c r="J13" t="s">
+        <v>170</v>
+      </c>
+      <c r="K13">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="L13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M13" s="39">
+      <c r="L13" t="s">
+        <v>170</v>
+      </c>
+      <c r="M13">
         <v>8.2000000000000007E-3</v>
       </c>
-      <c r="N13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O13" s="39">
+      <c r="N13" t="s">
+        <v>170</v>
+      </c>
+      <c r="O13">
         <v>0.4</v>
       </c>
-      <c r="P13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Q13" s="39">
+      <c r="P13" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q13">
         <v>3.2000000000000003E-4</v>
       </c>
-      <c r="R13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U13" s="39">
+      <c r="R13" t="s">
+        <v>170</v>
+      </c>
+      <c r="U13">
         <v>2.7999999999999998E-4</v>
       </c>
-      <c r="V13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W13" s="39">
+      <c r="V13" t="s">
+        <v>170</v>
+      </c>
+      <c r="W13">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="X13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y13" s="39">
+      <c r="X13" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y13">
         <v>7.3999999999999999E-4</v>
       </c>
-      <c r="Z13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AI13" s="39">
+      <c r="Z13" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI13">
         <v>2.7E-4</v>
       </c>
-      <c r="AJ13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK13" s="39">
+      <c r="AJ13" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK13">
         <v>1E-3</v>
       </c>
-      <c r="AL13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM13" s="39">
+      <c r="AL13" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM13">
         <v>2.7000000000000001E-3</v>
       </c>
-      <c r="AN13" s="39" t="s">
+      <c r="AN13" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A14" s="39" t="s">
+      <c r="A14" t="s">
         <v>217</v>
       </c>
-      <c r="C14" s="39">
+      <c r="C14">
         <v>30500246</v>
       </c>
-      <c r="D14" s="39" t="s">
+      <c r="D14" t="s">
         <v>193</v>
       </c>
-      <c r="E14" s="39">
+      <c r="E14">
         <v>8.3000000000000001E-3</v>
       </c>
-      <c r="F14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="39">
+      <c r="F14" t="s">
+        <v>170</v>
+      </c>
+      <c r="G14">
         <v>9.7999999999999997E-3</v>
       </c>
-      <c r="H14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="39">
+      <c r="H14" t="s">
+        <v>170</v>
+      </c>
+      <c r="I14">
         <v>8.7999999999999995E-2</v>
       </c>
-      <c r="J14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K14" s="39">
+      <c r="J14" t="s">
+        <v>170</v>
+      </c>
+      <c r="K14">
         <v>0.12</v>
       </c>
-      <c r="L14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M14" s="39">
+      <c r="L14" t="s">
+        <v>170</v>
+      </c>
+      <c r="M14">
         <v>3.5999999999999997E-2</v>
       </c>
-      <c r="N14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O14" s="39">
+      <c r="N14" t="s">
+        <v>170</v>
+      </c>
+      <c r="O14">
         <v>0.4</v>
       </c>
-      <c r="P14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Q14" s="39">
+      <c r="P14" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q14">
         <v>3.2000000000000003E-4</v>
       </c>
-      <c r="R14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U14" s="39">
+      <c r="R14" t="s">
+        <v>170</v>
+      </c>
+      <c r="U14">
         <v>2.7999999999999998E-4</v>
       </c>
-      <c r="V14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W14" s="39">
+      <c r="V14" t="s">
+        <v>170</v>
+      </c>
+      <c r="W14">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="X14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y14" s="39">
+      <c r="X14" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y14">
         <v>7.3999999999999999E-4</v>
       </c>
-      <c r="Z14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AI14" s="39">
+      <c r="Z14" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI14">
         <v>2.7E-4</v>
       </c>
-      <c r="AJ14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK14" s="39">
+      <c r="AJ14" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK14">
         <v>1E-3</v>
       </c>
-      <c r="AL14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM14" s="39">
+      <c r="AL14" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM14">
         <v>2.7000000000000001E-3</v>
       </c>
-      <c r="AN14" s="39" t="s">
+      <c r="AN14" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="15" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A15" s="39" t="s">
+      <c r="A15" t="s">
         <v>221</v>
       </c>
-      <c r="C15" s="39">
+      <c r="C15">
         <v>30500258</v>
       </c>
-      <c r="D15" s="39" t="s">
+      <c r="D15" t="s">
         <v>194</v>
       </c>
-      <c r="E15" s="39">
+      <c r="E15">
         <v>7.0000000000000001E-3</v>
       </c>
-      <c r="F15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="39">
+      <c r="F15" t="s">
+        <v>170</v>
+      </c>
+      <c r="G15">
         <v>2.3E-2</v>
       </c>
-      <c r="H15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I15" s="39">
+      <c r="H15" t="s">
+        <v>170</v>
+      </c>
+      <c r="I15">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="J15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K15" s="39">
+      <c r="J15" t="s">
+        <v>170</v>
+      </c>
+      <c r="K15">
         <v>5.5E-2</v>
       </c>
-      <c r="L15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M15" s="39">
+      <c r="L15" t="s">
+        <v>170</v>
+      </c>
+      <c r="M15">
         <v>3.2000000000000001E-2</v>
       </c>
-      <c r="N15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O15" s="39">
+      <c r="N15" t="s">
+        <v>170</v>
+      </c>
+      <c r="O15">
         <v>0.13</v>
       </c>
-      <c r="P15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U15" s="39">
+      <c r="P15" t="s">
+        <v>170</v>
+      </c>
+      <c r="U15">
         <v>3.8999999999999999E-4</v>
       </c>
-      <c r="V15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W15" s="39">
+      <c r="V15" t="s">
+        <v>170</v>
+      </c>
+      <c r="W15">
         <v>2.4000000000000001E-4</v>
       </c>
-      <c r="X15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y15" s="39">
+      <c r="X15" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y15">
         <v>3.0999999999999999E-3</v>
       </c>
-      <c r="Z15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AA15" s="39">
+      <c r="Z15" t="s">
+        <v>170</v>
+      </c>
+      <c r="AA15">
         <v>9.2000000000000003E-4</v>
       </c>
-      <c r="AB15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AE15" s="39">
+      <c r="AB15" t="s">
+        <v>170</v>
+      </c>
+      <c r="AE15">
         <v>4.8000000000000001E-5</v>
       </c>
-      <c r="AF15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK15" s="39">
+      <c r="AF15" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK15">
         <v>2.8999999999999998E-3</v>
       </c>
-      <c r="AL15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM15" s="39">
+      <c r="AL15" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM15">
         <v>2.0000000000000001E-4</v>
       </c>
-      <c r="AN15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AO15" s="39">
+      <c r="AN15" t="s">
+        <v>170</v>
+      </c>
+      <c r="AO15">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="AP15" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AU15" s="39">
+      <c r="AP15" t="s">
+        <v>170</v>
+      </c>
+      <c r="AU15">
         <v>1.5E-5</v>
       </c>
-      <c r="AV15" s="39" t="s">
+      <c r="AV15" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:50" x14ac:dyDescent="0.25">
-      <c r="A16" s="39" t="s">
+      <c r="A16" t="s">
         <v>219</v>
       </c>
-      <c r="C16" s="39">
+      <c r="C16">
         <v>30500255</v>
       </c>
-      <c r="D16" s="39" t="s">
+      <c r="D16" t="s">
         <v>195</v>
       </c>
-      <c r="E16" s="39">
+      <c r="E16">
         <v>7.0000000000000001E-3</v>
       </c>
-      <c r="F16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="39">
+      <c r="F16" t="s">
+        <v>170</v>
+      </c>
+      <c r="G16">
         <v>2.3E-2</v>
       </c>
-      <c r="H16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="39">
+      <c r="H16" t="s">
+        <v>170</v>
+      </c>
+      <c r="I16">
         <v>3.3999999999999998E-3</v>
       </c>
-      <c r="J16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K16" s="39">
+      <c r="J16" t="s">
+        <v>170</v>
+      </c>
+      <c r="K16">
         <v>2.5999999999999999E-2</v>
       </c>
-      <c r="L16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M16" s="39">
+      <c r="L16" t="s">
+        <v>170</v>
+      </c>
+      <c r="M16">
         <v>3.2000000000000001E-2</v>
       </c>
-      <c r="N16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O16" s="39">
+      <c r="N16" t="s">
+        <v>170</v>
+      </c>
+      <c r="O16">
         <v>0.13</v>
       </c>
-      <c r="P16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U16" s="39">
+      <c r="P16" t="s">
+        <v>170</v>
+      </c>
+      <c r="U16">
         <v>3.8999999999999999E-4</v>
       </c>
-      <c r="V16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W16" s="39">
+      <c r="V16" t="s">
+        <v>170</v>
+      </c>
+      <c r="W16">
         <v>2.4000000000000001E-4</v>
       </c>
-      <c r="X16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y16" s="39">
+      <c r="X16" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y16">
         <v>3.0999999999999999E-3</v>
       </c>
-      <c r="Z16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AA16" s="39">
+      <c r="Z16" t="s">
+        <v>170</v>
+      </c>
+      <c r="AA16">
         <v>9.2000000000000003E-4</v>
       </c>
-      <c r="AB16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AE16" s="39">
+      <c r="AB16" t="s">
+        <v>170</v>
+      </c>
+      <c r="AE16">
         <v>4.8000000000000001E-5</v>
       </c>
-      <c r="AF16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK16" s="39">
+      <c r="AF16" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK16">
         <v>1.4999999999999999E-4</v>
       </c>
-      <c r="AL16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM16" s="39">
+      <c r="AL16" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM16">
         <v>2.0000000000000001E-4</v>
       </c>
-      <c r="AN16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AO16" s="39">
+      <c r="AN16" t="s">
+        <v>170</v>
+      </c>
+      <c r="AO16">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="AP16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AQ16" s="39">
+      <c r="AP16" t="s">
+        <v>170</v>
+      </c>
+      <c r="AQ16">
         <v>6.3E-5</v>
       </c>
-      <c r="AR16" s="39" t="s">
+      <c r="AR16" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="17" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A17" s="39" t="s">
+      <c r="A17" t="s">
         <v>222</v>
       </c>
-      <c r="C17" s="39">
+      <c r="C17">
         <v>30500261</v>
       </c>
-      <c r="D17" s="39" t="s">
+      <c r="D17" t="s">
         <v>194</v>
       </c>
-      <c r="E17" s="39">
+      <c r="E17">
         <v>7.0000000000000001E-3</v>
       </c>
-      <c r="F17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G17" s="39">
+      <c r="F17" t="s">
+        <v>170</v>
+      </c>
+      <c r="G17">
         <v>2.3E-2</v>
       </c>
-      <c r="H17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="I17" s="39">
+      <c r="H17" t="s">
+        <v>170</v>
+      </c>
+      <c r="I17">
         <v>5.8000000000000003E-2</v>
       </c>
-      <c r="J17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="K17" s="39">
+      <c r="J17" t="s">
+        <v>170</v>
+      </c>
+      <c r="K17">
         <v>5.5E-2</v>
       </c>
-      <c r="L17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M17" s="39">
+      <c r="L17" t="s">
+        <v>170</v>
+      </c>
+      <c r="M17">
         <v>3.2000000000000001E-2</v>
       </c>
-      <c r="N17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O17" s="39">
+      <c r="N17" t="s">
+        <v>170</v>
+      </c>
+      <c r="O17">
         <v>0.13</v>
       </c>
-      <c r="P17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Q17" s="39">
+      <c r="P17" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q17">
         <v>1.2999999999999999E-3</v>
       </c>
-      <c r="R17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="S17" s="39">
+      <c r="R17" t="s">
+        <v>170</v>
+      </c>
+      <c r="S17">
         <v>2.5999999999999998E-5</v>
       </c>
-      <c r="T17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="U17" s="39">
+      <c r="T17" t="s">
+        <v>170</v>
+      </c>
+      <c r="U17">
         <v>3.8999999999999999E-4</v>
       </c>
-      <c r="V17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="W17" s="39">
+      <c r="V17" t="s">
+        <v>170</v>
+      </c>
+      <c r="W17">
         <v>2.4000000000000001E-4</v>
       </c>
-      <c r="X17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="Y17" s="39">
+      <c r="X17" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y17">
         <v>3.0999999999999999E-3</v>
       </c>
-      <c r="Z17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AA17" s="39">
+      <c r="Z17" t="s">
+        <v>170</v>
+      </c>
+      <c r="AA17">
         <v>9.2000000000000003E-4</v>
       </c>
-      <c r="AB17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AC17" s="39">
+      <c r="AB17" t="s">
+        <v>170</v>
+      </c>
+      <c r="AC17">
         <v>2.1000000000000001E-4</v>
       </c>
-      <c r="AD17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AE17" s="39">
+      <c r="AD17" t="s">
+        <v>170</v>
+      </c>
+      <c r="AE17">
         <v>4.8000000000000001E-5</v>
       </c>
-      <c r="AF17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AG17" s="39">
+      <c r="AF17" t="s">
+        <v>170</v>
+      </c>
+      <c r="AG17">
         <v>1.2999999999999999E-4</v>
       </c>
-      <c r="AH17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AI17" s="39">
+      <c r="AH17" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI17">
         <v>1.6000000000000001E-4</v>
       </c>
-      <c r="AJ17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AK17" s="39">
+      <c r="AJ17" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK17">
         <v>2.8999999999999998E-3</v>
       </c>
-      <c r="AL17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AM17" s="39">
+      <c r="AL17" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM17">
         <v>2.0000000000000001E-4</v>
       </c>
-      <c r="AN17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AO17" s="39">
+      <c r="AN17" t="s">
+        <v>170</v>
+      </c>
+      <c r="AO17">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="AP17" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AU17" s="39">
+      <c r="AP17" t="s">
+        <v>170</v>
+      </c>
+      <c r="AU17">
         <v>1.5E-5</v>
       </c>
-      <c r="AV17" s="39" t="s">
+      <c r="AV17" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A18" s="40" t="s">
+      <c r="A18" s="21" t="s">
         <v>184</v>
       </c>
-      <c r="B18" s="40"/>
+      <c r="B18" s="21"/>
     </row>
     <row r="19" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A19" s="39" t="s">
+      <c r="A19" t="s">
         <v>210</v>
       </c>
-      <c r="B19" s="39" t="s">
+      <c r="B19" t="s">
         <v>213</v>
       </c>
-      <c r="C19" s="39">
+      <c r="C19">
         <v>30500208</v>
       </c>
-      <c r="D19" s="39" t="s">
+      <c r="D19" t="s">
         <v>196</v>
       </c>
-      <c r="O19" s="39">
+      <c r="O19">
         <v>1.1999999999999999E-3</v>
       </c>
-      <c r="P19" s="39" t="s">
+      <c r="P19" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="20" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A20" s="39" t="s">
+      <c r="A20" t="s">
         <v>183</v>
       </c>
-      <c r="B20" s="39" t="s">
+      <c r="B20" t="s">
         <v>214</v>
       </c>
-      <c r="C20" s="39">
+      <c r="C20">
         <v>30500206</v>
       </c>
-      <c r="D20" s="39" t="s">
+      <c r="D20" t="s">
         <v>196</v>
       </c>
-      <c r="O20" s="39">
+      <c r="M20">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="N20" t="s">
+        <v>173</v>
+      </c>
+      <c r="O20">
         <v>8.9</v>
       </c>
-      <c r="P20" s="39" t="s">
+      <c r="P20" t="s">
         <v>173</v>
       </c>
-      <c r="Y20" s="39">
+      <c r="Y20">
         <v>2.5999999999999999E-2</v>
       </c>
-      <c r="Z20" s="39" t="s">
+      <c r="Z20" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="21" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A21" s="39" t="s">
+      <c r="A21" t="s">
         <v>245</v>
       </c>
-      <c r="B21" s="39" t="s">
+      <c r="B21" t="s">
         <v>213</v>
       </c>
-      <c r="C21" s="39">
+      <c r="C21">
         <v>30500208</v>
       </c>
-      <c r="D21" s="39" t="s">
+      <c r="D21" t="s">
         <v>196</v>
       </c>
-      <c r="O21" s="39">
+      <c r="O21">
         <v>1.1999999999999999E-3</v>
       </c>
-      <c r="P21" s="39" t="s">
+      <c r="P21" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="23" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A23" s="39" t="s">
+      <c r="A23" t="s">
         <v>172</v>
       </c>
-      <c r="C23" s="39">
+      <c r="C23">
         <v>30500213</v>
       </c>
-      <c r="D23" s="39" t="s">
+      <c r="D23" t="s">
         <v>197</v>
       </c>
-      <c r="E23" s="39">
+      <c r="E23">
         <v>5.8600000000000004E-4</v>
       </c>
-      <c r="F23" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="39">
+      <c r="F23" t="s">
+        <v>170</v>
+      </c>
+      <c r="G23">
         <v>5.8600000000000004E-4</v>
       </c>
-      <c r="H23" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M23" s="39">
+      <c r="H23" t="s">
+        <v>170</v>
+      </c>
+      <c r="M23">
         <v>1.2200000000000001E-2</v>
       </c>
-      <c r="N23" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O23" s="39">
+      <c r="N23" t="s">
+        <v>170</v>
+      </c>
+      <c r="O23">
         <v>1.1800000000000001E-3</v>
       </c>
-      <c r="P23" s="39" t="s">
+      <c r="P23" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A24" s="39" t="s">
+      <c r="A24" t="s">
         <v>171</v>
       </c>
-      <c r="C24" s="39">
+      <c r="C24">
         <v>30500214</v>
       </c>
-      <c r="D24" s="39" t="s">
+      <c r="D24" t="s">
         <v>197</v>
       </c>
-      <c r="E24" s="39">
+      <c r="E24">
         <v>5.22E-4</v>
       </c>
-      <c r="F24" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="39">
+      <c r="F24" t="s">
+        <v>170</v>
+      </c>
+      <c r="G24">
         <v>5.22E-4</v>
       </c>
-      <c r="H24" s="39" t="s">
-[...2 lines deleted...]
-      <c r="M24" s="39">
+      <c r="H24" t="s">
+        <v>170</v>
+      </c>
+      <c r="M24">
         <v>4.1599999999999996E-3</v>
       </c>
-      <c r="N24" s="39" t="s">
-[...2 lines deleted...]
-      <c r="O24" s="39">
+      <c r="N24" t="s">
+        <v>170</v>
+      </c>
+      <c r="O24">
         <v>1.3500000000000001E-3</v>
       </c>
-      <c r="P24" s="39" t="s">
+      <c r="P24" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A25" s="39" t="s">
+      <c r="A25" t="s">
         <v>169</v>
       </c>
-      <c r="C25" s="39">
+      <c r="C25">
         <v>30500204</v>
       </c>
-      <c r="D25" s="39" t="s">
+      <c r="D25" t="s">
         <v>198</v>
       </c>
-      <c r="E25" s="39">
+      <c r="E25">
         <v>4.4999999999999999E-4</v>
       </c>
-      <c r="F25" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G25" s="39">
+      <c r="F25" t="s">
+        <v>170</v>
+      </c>
+      <c r="G25">
         <v>1.1000000000000001E-3</v>
       </c>
-      <c r="H25" s="39" t="s">
+      <c r="H25" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A26" s="39" t="s">
+      <c r="A26" t="s">
         <v>82</v>
       </c>
-      <c r="C26" s="39">
+      <c r="C26">
         <v>30500203</v>
       </c>
-      <c r="D26" s="39" t="s">
+      <c r="D26" t="s">
         <v>199</v>
       </c>
-      <c r="E26" s="39">
+      <c r="E26">
         <v>3.64</v>
       </c>
-      <c r="F26" s="39" t="s">
+      <c r="F26" t="s">
         <v>86</v>
       </c>
-      <c r="G26" s="39">
+      <c r="G26">
         <v>3.64</v>
       </c>
-      <c r="H26" s="39" t="s">
+      <c r="H26" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="28" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A28" s="45" t="s">
+      <c r="A28" s="36" t="s">
         <v>111</v>
       </c>
-      <c r="B28" s="45"/>
+      <c r="B28" s="36"/>
     </row>
     <row r="29" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A29" s="41" t="s">
+      <c r="A29" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="B29" s="41"/>
-      <c r="C29" s="39">
+      <c r="B29" s="20"/>
+      <c r="C29">
         <v>30500290</v>
       </c>
-      <c r="O29" s="42"/>
-[...8 lines deleted...]
-      <c r="X29" s="43"/>
+      <c r="O29" s="34"/>
+      <c r="P29" s="35"/>
+      <c r="Q29" s="35"/>
+      <c r="R29" s="35"/>
+      <c r="S29" s="35"/>
+      <c r="T29" s="35"/>
+      <c r="U29" s="34"/>
+      <c r="V29" s="35"/>
+      <c r="W29" s="34"/>
+      <c r="X29" s="35"/>
     </row>
     <row r="30" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A30" s="103" t="s">
+      <c r="A30" s="81" t="s">
         <v>205</v>
       </c>
-      <c r="B30" s="103"/>
-      <c r="C30" s="18" t="s">
+      <c r="B30" s="81"/>
+      <c r="C30" t="s">
         <v>149</v>
       </c>
-      <c r="D30" s="18"/>
-[...17 lines deleted...]
-      <c r="X30" s="43"/>
+      <c r="G30" s="6"/>
+      <c r="H30" s="35"/>
+      <c r="I30" s="34"/>
+      <c r="J30" s="35"/>
+      <c r="K30" s="34"/>
+      <c r="L30" s="35"/>
+      <c r="O30" s="34"/>
+      <c r="P30" s="35"/>
+      <c r="Q30" s="35"/>
+      <c r="R30" s="35"/>
+      <c r="S30" s="35"/>
+      <c r="T30" s="35"/>
+      <c r="U30" s="34"/>
+      <c r="V30" s="35"/>
+      <c r="W30" s="34"/>
+      <c r="X30" s="35"/>
     </row>
     <row r="31" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A31" s="18"/>
-[...3 lines deleted...]
-      <c r="E31" s="18" t="s">
+      <c r="E31" t="s">
         <v>71</v>
       </c>
-      <c r="F31" s="18"/>
-[...13 lines deleted...]
-      <c r="X31" s="43"/>
+      <c r="I31" s="34"/>
+      <c r="J31" s="35"/>
+      <c r="K31" s="34"/>
+      <c r="L31" s="35"/>
+      <c r="O31" s="34"/>
+      <c r="P31" s="35"/>
+      <c r="Q31" s="35"/>
+      <c r="R31" s="35"/>
+      <c r="S31" s="35"/>
+      <c r="T31" s="35"/>
+      <c r="U31" s="34"/>
+      <c r="V31" s="35"/>
+      <c r="W31" s="34"/>
+      <c r="X31" s="35"/>
     </row>
     <row r="32" spans="1:48" x14ac:dyDescent="0.25">
-      <c r="A32" s="18"/>
-[...3 lines deleted...]
-      <c r="E32" s="18" t="s">
+      <c r="E32" t="s">
         <v>72</v>
       </c>
-      <c r="F32" s="18"/>
-[...3 lines deleted...]
-      <c r="L32" s="43"/>
+      <c r="I32" s="34"/>
+      <c r="J32" s="35"/>
+      <c r="K32" s="34"/>
+      <c r="L32" s="35"/>
     </row>
     <row r="33" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A33" s="18"/>
-[...3 lines deleted...]
-      <c r="E33" s="18" t="s">
+      <c r="E33" t="s">
         <v>73</v>
       </c>
-      <c r="F33" s="18"/>
     </row>
     <row r="34" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A34" s="18"/>
-[...3 lines deleted...]
-      <c r="E34" s="23" t="s">
+      <c r="E34" t="s">
         <v>125</v>
       </c>
-      <c r="F34" s="18"/>
     </row>
     <row r="35" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A35" s="18" t="s">
+      <c r="A35" t="s">
         <v>147</v>
       </c>
-      <c r="B35" s="18"/>
-      <c r="C35" s="18">
+      <c r="C35">
         <v>30500290</v>
       </c>
-      <c r="D35" s="18"/>
-[...1 lines deleted...]
-      <c r="H35" s="23"/>
     </row>
     <row r="36" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A36" s="103" t="s">
+      <c r="A36" s="81" t="s">
         <v>205</v>
       </c>
-      <c r="B36" s="103"/>
-      <c r="C36" s="18" t="s">
+      <c r="B36" s="81"/>
+      <c r="C36" t="s">
         <v>150</v>
       </c>
-      <c r="D36" s="18"/>
-[...1 lines deleted...]
-      <c r="H36" s="23"/>
     </row>
     <row r="37" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A37" s="18"/>
-[...3 lines deleted...]
-      <c r="E37" s="18" t="s">
+      <c r="E37" t="s">
         <v>151</v>
       </c>
-      <c r="F37" s="18"/>
     </row>
     <row r="38" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A38" s="18"/>
-[...3 lines deleted...]
-      <c r="E38" s="18" t="s">
+      <c r="E38" t="s">
         <v>152</v>
       </c>
-      <c r="F38" s="18"/>
     </row>
     <row r="39" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A39" s="18"/>
-[...3 lines deleted...]
-      <c r="E39" s="18" t="s">
+      <c r="E39" t="s">
         <v>73</v>
       </c>
-      <c r="F39" s="18"/>
     </row>
     <row r="40" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A40" s="18"/>
-[...3 lines deleted...]
-      <c r="E40" s="23" t="s">
+      <c r="E40" t="s">
         <v>125</v>
       </c>
-      <c r="F40" s="18"/>
-[...7 lines deleted...]
-      <c r="H41" s="23"/>
     </row>
     <row r="42" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A42" s="40" t="s">
+      <c r="A42" s="21" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="40"/>
+      <c r="B42" s="21"/>
     </row>
     <row r="43" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A43" s="38" t="s">
+      <c r="A43" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="B43" s="38"/>
-      <c r="C43" s="38" t="s">
+      <c r="B43" s="33"/>
+      <c r="C43" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="D43" s="38" t="s">
+      <c r="D43" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="E43" s="38" t="s">
+      <c r="E43" s="33" t="s">
         <v>84</v>
       </c>
-      <c r="F43" s="38" t="s">
+      <c r="F43" s="33" t="s">
         <v>93</v>
       </c>
-      <c r="G43" s="38" t="s">
+      <c r="G43" s="33" t="s">
         <v>85</v>
       </c>
-      <c r="H43" s="38" t="s">
+      <c r="H43" s="33" t="s">
         <v>93</v>
       </c>
-      <c r="I43" s="38" t="s">
+      <c r="I43" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="J43" s="38" t="s">
+      <c r="J43" s="33" t="s">
         <v>95</v>
       </c>
-      <c r="K43" s="38" t="s">
+      <c r="K43" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="L43" s="38" t="s">
+      <c r="L43" s="33" t="s">
         <v>93</v>
       </c>
-      <c r="M43" s="38" t="s">
+      <c r="M43" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="N43" s="38" t="s">
+      <c r="N43" s="33" t="s">
         <v>93</v>
       </c>
-      <c r="O43" s="38" t="s">
+      <c r="O43" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="P43" s="38" t="s">
+      <c r="P43" s="33" t="s">
         <v>93</v>
       </c>
-      <c r="Q43" s="38"/>
-[...3 lines deleted...]
-      <c r="U43" s="38" t="s">
+      <c r="Q43" s="33"/>
+      <c r="R43" s="33"/>
+      <c r="S43" s="33"/>
+      <c r="T43" s="33"/>
+      <c r="U43" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="V43" s="38" t="s">
+      <c r="V43" s="33" t="s">
         <v>93</v>
       </c>
-      <c r="W43" s="38" t="s">
+      <c r="W43" s="33" t="s">
         <v>99</v>
       </c>
-      <c r="X43" s="38" t="s">
+      <c r="X43" s="33" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="44" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A44" s="39" t="s">
+      <c r="A44" t="s">
         <v>128</v>
       </c>
-      <c r="C44" s="39">
+      <c r="C44">
         <v>20200102</v>
       </c>
-      <c r="D44" s="39" t="s">
+      <c r="D44" t="s">
         <v>91</v>
       </c>
-      <c r="E44" s="39">
+      <c r="E44">
         <v>0.31</v>
       </c>
-      <c r="F44" s="39" t="s">
+      <c r="F44" t="s">
         <v>94</v>
       </c>
-      <c r="G44" s="39">
+      <c r="G44">
         <v>0.31</v>
       </c>
-      <c r="H44" s="39" t="s">
+      <c r="H44" t="s">
         <v>94</v>
       </c>
-      <c r="I44" s="39">
+      <c r="I44">
         <v>0.28999999999999998</v>
       </c>
-      <c r="J44" s="39" t="s">
+      <c r="J44" t="s">
         <v>94</v>
       </c>
-      <c r="K44" s="39">
+      <c r="K44">
         <v>4.41</v>
       </c>
-      <c r="L44" s="39" t="s">
+      <c r="L44" t="s">
         <v>94</v>
       </c>
-      <c r="M44" s="39">
+      <c r="M44">
         <v>0.35</v>
       </c>
-      <c r="N44" s="39" t="s">
+      <c r="N44" t="s">
         <v>94</v>
       </c>
-      <c r="O44" s="39">
+      <c r="O44">
         <v>0.95</v>
       </c>
-      <c r="P44" s="39" t="s">
+      <c r="P44" t="s">
         <v>94</v>
       </c>
-      <c r="U44" s="39">
+      <c r="U44">
         <v>1.1800000000000001E-3</v>
       </c>
-      <c r="V44" s="39" t="s">
+      <c r="V44" t="s">
         <v>96</v>
       </c>
-      <c r="W44" s="39">
+      <c r="W44">
         <v>9.3300000000000002E-4</v>
       </c>
-      <c r="X44" s="39" t="s">
+      <c r="X44" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="A45" s="39" t="s">
+      <c r="A45" t="s">
         <v>129</v>
       </c>
-      <c r="C45" s="39">
+      <c r="C45">
         <v>20200401</v>
       </c>
-      <c r="D45" s="39" t="s">
+      <c r="D45" t="s">
         <v>91</v>
       </c>
-      <c r="E45" s="39">
+      <c r="E45">
         <v>5.3900000000000003E-2</v>
       </c>
-      <c r="F45" s="39" t="s">
+      <c r="F45" t="s">
         <v>100</v>
       </c>
-      <c r="G45" s="39">
+      <c r="G45">
         <v>0.14000000000000001</v>
       </c>
-      <c r="H45" s="39" t="s">
+      <c r="H45" t="s">
         <v>92</v>
       </c>
-      <c r="I45" s="39">
+      <c r="I45">
         <v>1.01</v>
       </c>
-      <c r="J45" s="39" t="s">
+      <c r="J45" t="s">
         <v>97</v>
       </c>
-      <c r="K45" s="39">
+      <c r="K45">
         <v>3.2</v>
       </c>
-      <c r="L45" s="39" t="s">
+      <c r="L45" t="s">
         <v>97</v>
       </c>
-      <c r="M45" s="39">
+      <c r="M45">
         <v>8.2000000000000003E-2</v>
       </c>
-      <c r="N45" s="39" t="s">
+      <c r="N45" t="s">
         <v>97</v>
       </c>
-      <c r="O45" s="39">
+      <c r="O45">
         <v>0.85</v>
       </c>
-      <c r="P45" s="39" t="s">
+      <c r="P45" t="s">
         <v>97</v>
       </c>
-      <c r="U45" s="39">
+      <c r="U45">
         <v>7.8899999999999993E-5</v>
       </c>
-      <c r="V45" s="39" t="s">
+      <c r="V45" t="s">
         <v>98</v>
       </c>
-      <c r="W45" s="39">
+      <c r="W45">
         <v>7.76E-4</v>
       </c>
-      <c r="X45" s="39" t="s">
+      <c r="X45" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:24" x14ac:dyDescent="0.25">
-      <c r="N46" s="50" t="s">
+      <c r="N46" s="41" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Wr8U6TUbfuuJxqr4ELVzo07MZLMGZph/G9j8lnHKfECB2hw4V41acgCNb3tpA2j/9/QCrk8tktyJLS4OR8dYlA==" saltValue="RsPFv/FM3GOOCF8hJ1Sb2g==" spinCount="100000" sheet="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="duPX2/cT0/jh56RQHaE5Z7zavQPg624pcm8KLagxKWgbfL05o4BCb7rHvsbgqX9WCE+CvY1b/Z2KftBcx7XlLg==" saltValue="ppOUeO8KwzZ7dZoC8+hOrA==" spinCount="100000" sheet="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>