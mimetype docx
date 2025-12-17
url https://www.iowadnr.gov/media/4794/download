--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,898 +1,775 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00692267">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="00715D2E" w:rsidRDefault="00715D2E" w:rsidP="00715D2E"/>
+    <w:p w:rsidR="00692267" w:rsidRPr="00715D2E" w:rsidRDefault="00692267" w:rsidP="00715D2E">
+      <w:r w:rsidRPr="00715D2E">
+        <w:t xml:space="preserve">FOR RELEASE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>DRAFT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692267" w:rsidRPr="00715D2E" w:rsidRDefault="00692267" w:rsidP="00715D2E">
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONTACT: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:t xml:space="preserve">PWS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Contact Person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>(XXX) XXX-XXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00715D2E"/>
+    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00715D2E">
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[XX Water System or Iowa DNR]</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Detects Microcystin in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Water System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00715D2E"/>
+    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00715D2E">
+      <w:r>
+        <w:t xml:space="preserve">Drinking water samples analyzed by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[XXX public water system and/or Iowa DNR]</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> show</w:t>
+      </w:r>
+      <w:r w:rsidR="00715D2E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">microcystin, a compound produced by blue-green algae, has been detected in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07E38">
+        <w:t>treated</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> drinking water from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[XXX public water system]</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. At this time, there are no restrictions on water use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00715D2E"/>
+    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00715D2E">
+      <w:r>
+        <w:t xml:space="preserve">U.S. EPA has established national health advisory levels for microcystin based on drinking water for 10 days. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[XXX water system]</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is adjusting its treatment processes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>(this may need to be modified based on water system capability)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-        <w:t>DRAFT</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to reduce microcystin levels. The Iowa DNR and the water system continue sampling to assess water quality at the plan</w:t>
+      </w:r>
+      <w:r>
+        <w:t>t and throughout the distribution system.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00692267">
-[...36 lines deleted...]
-        <w:t>PWS Contact Person, (XXX) XXX-XXXX</w:t>
+    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00715D2E"/>
+    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00715D2E">
+      <w:r>
+        <w:t xml:space="preserve">If the microcystin levels remain elevated, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[the state/XXX community]</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> may consider issuing an advisory for some or all of the population served by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[XX water system]</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00692267">
-[...111 lines deleted...]
-        <w:t>treated</w:t>
+    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00715D2E"/>
+    <w:p w:rsidR="000A5B22" w:rsidRDefault="00692267" w:rsidP="00715D2E">
+      <w:r>
+        <w:t>Citizens with q</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
-        <w:rPr>
-[...25 lines deleted...]
-        <w:t>At this time, there are no restrictions on water use.</w:t>
+        <w:t xml:space="preserve">uestions should contact </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[XX water system]</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>XXXnumber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00715D2E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00692267" w:rsidRDefault="00692267" w:rsidP="00692267">
-[...138 lines deleted...]
-    <w:sectPr w:rsidR="000A5B22" w:rsidSect="000A5B22">
+    <w:sectPr w:rsidR="000A5B22" w:rsidSect="00715D2E">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...15 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:val="bestFit" w:percent="81"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00692267"/>
     <w:rsid w:val="000A5B22"/>
     <w:rsid w:val="00692267"/>
+    <w:rsid w:val="00715D2E"/>
     <w:rsid w:val="00D14745"/>
     <w:rsid w:val="00D45923"/>
     <w:rsid w:val="00F07E38"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="4304AD45"/>
+  <w15:docId w15:val="{D7746D6A-24C1-4B91-A53B-88D694B0677F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000A5B22"/>
-[...189 lines deleted...]
-    <w:qFormat/>
+    <w:rsid w:val="00715D2E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1140,49 +1017,49 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>155</Words>
-  <Characters>884</Characters>
+  <Characters>885</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1037</CharactersWithSpaces>
+  <CharactersWithSpaces>1038</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jbunton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>