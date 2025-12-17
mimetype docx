--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,958 +1,761 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
+    <w:p w:rsidR="007069D3" w:rsidRPr="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:r w:rsidRPr="007069D3">
+        <w:t>DRINKING WATER WARNING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRPr="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:r w:rsidRPr="007069D3">
+        <w:t>Microcystin is present in [name] water system</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="004E07DA"/>
+    <w:p w:rsidR="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:r w:rsidRPr="007069D3">
+        <w:t>DO NOT USE THE WATER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRPr="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA"/>
+    <w:p w:rsidR="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:r w:rsidRPr="007069D3">
+        <w:t xml:space="preserve">Microcystin, a compound produced by blue-green algae, has been detected in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4FD1">
+        <w:t>treated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t xml:space="preserve"> drinking water from</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>[name] water system. A sample collected on [date] shows microcystin at [level] micrograms/liter (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>μg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>/L). The</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Iowa DNR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t xml:space="preserve"> recommends that you do not use the water at microcystin levels above</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>μg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>/L.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRPr="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA"/>
+    <w:p w:rsidR="007069D3" w:rsidRPr="004E07DA" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E07DA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>What should I do?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRPr="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E07DA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">DO NOT USE THE WATER. Alternative water should be used for drinking (including pets), making infant formula, making ice, brushing teeth, preparing food, bathing/showering, washing hands, washing dishes or doing laundry. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>If an alternate source of water is not available for washing dishes or doing laundry, providing a final rinse with uncontaminated water is recommended. If people or pets come into contact with water, promptly shower or rinse off in uncont</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">aminated water. Skin irritation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>such as a rash may occur from exposure when bathing and washing hands.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E07DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">DO NOT BOIL THE WATER. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>Boiling the water will not destroy microcystin and it may become more</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>concentrated as a result of boiling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>You may use the water for flushing toilets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>Consuming water containing microcystin may result in abnormal liver function, diarrhea, vomiting, nausea, numbness or dizziness. Seek medical attention if you are experiencing any of these symptoms. Skin contact with contaminated water can cause irritation or rashes. Contact a veterinarian</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>immediately if pets or livestock show signs of illness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRPr="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA"/>
+    <w:p w:rsidR="007069D3" w:rsidRPr="004E07DA" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E07DA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>What happened? What is being done?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRDefault="002E1647" w:rsidP="004E07DA">
+      <w:r w:rsidRPr="004E07DA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[Water body</w:t>
+      </w:r>
+      <w:r w:rsidR="007069D3" w:rsidRPr="004E07DA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name]</w:t>
+      </w:r>
+      <w:r w:rsidR="007069D3" w:rsidRPr="007069D3">
+        <w:t>, which is a source of drinking water for the [public water system], is experiencing a harmful algal</w:t>
+      </w:r>
+      <w:r w:rsidR="007069D3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007069D3" w:rsidRPr="007069D3">
+        <w:t>bloom (HAB).</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="007069D3" w:rsidRPr="007069D3" w:rsidRDefault="007069D3" w:rsidP="007069D3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRPr="007069D3" w:rsidRDefault="004E07DA" w:rsidP="004E07DA">
+      <w:pPr>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...88 lines deleted...]
-        <w:t>[name] water system</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215583683"/>
+      <w:r w:rsidRPr="000E2C19">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[Water System Name]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> water system is </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007069D3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>making adjustments to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007069D3">
-[...408 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> its treatment processes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C19">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="191919"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>(this may need to be modified based on water system capability)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="191919"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007069D3">
-[...12 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B41658">
         <w:t>to help reduce microcystin levels</w:t>
       </w:r>
-      <w:r w:rsidRPr="007069D3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B41658">
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>. We are working closely with local and state</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="007069D3" w:rsidRPr="007069D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>We are working closely with local and state</w:t>
+      </w:r>
+      <w:r w:rsidR="007069D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007069D3" w:rsidRPr="007069D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public health and emergency response agencies to address and resolve the situation. We will keep you</w:t>
+      </w:r>
+      <w:r w:rsidR="007069D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007069D3" w:rsidRPr="007069D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>informed as the situation is resolved.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3618"/>
+        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="288"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E07DA" w:rsidTr="00BA48A7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3618" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7">
+            <w:bookmarkStart w:id="1" w:name="_Hlk215582982"/>
+            <w:r w:rsidRPr="00B41658">
+              <w:t>For more information, please contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7">
+            <w:r w:rsidRPr="00B41658">
+              <w:t>at</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="288" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7">
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w:rsidR="004E07DA" w:rsidRPr="00B41658" w:rsidRDefault="004E07DA" w:rsidP="004E07DA"/>
+    <w:p w:rsidR="004E07DA" w:rsidRPr="00B41658" w:rsidRDefault="004E07DA" w:rsidP="004E07DA">
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">Additional information about harmful algal blooms can be found at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00B82E36">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>www.epa.gov/nutrient-policy-data/cyanohabs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E07DA" w:rsidRPr="00B41658" w:rsidRDefault="004E07DA" w:rsidP="004E07DA"/>
+    <w:p w:rsidR="007069D3" w:rsidRPr="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA">
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>Please share this information with all the other people who drink this water, especially those who may not have received</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007069D3">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>public health and emergency response agencies to address and resolve the situation. We will keep you</w:t>
+        <w:t xml:space="preserve">this notice directly (for example, people in </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>partments, nursing homes, schools and businesses). You can do this by</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007069D3">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>informed as the situation is resolved.</w:t>
+        <w:t>posting this notice in a public place or distributing copies by hand or mail.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007069D3" w:rsidRDefault="007069D3" w:rsidP="007069D3">
-[...217 lines deleted...]
-    <w:sectPr w:rsidR="000A5B22" w:rsidRPr="007069D3" w:rsidSect="000A5B22">
+    <w:p w:rsidR="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1008"/>
+        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="4464"/>
+        <w:gridCol w:w="1116"/>
+        <w:gridCol w:w="1638"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E07DA" w:rsidTr="00BA48A7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7">
+            <w:bookmarkStart w:id="3" w:name="_Hlk215582507"/>
+            <w:r>
+              <w:t>This notice is being sent to you by:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6030" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1638" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E07DA" w:rsidTr="00BA48A7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRPr="00B41658" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7">
+            <w:r w:rsidRPr="00B41658">
+              <w:t>PWSID#:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRPr="00B41658" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41658">
+              <w:t>Date distributed:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2754" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E07DA" w:rsidRDefault="004E07DA" w:rsidP="00BA48A7"/>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="3"/>
+    </w:tbl>
+    <w:p w:rsidR="007069D3" w:rsidRDefault="007069D3" w:rsidP="004E07DA"/>
+    <w:sectPr w:rsidR="007069D3" w:rsidSect="004E07DA">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="521243F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C6AC1A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55AC64E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABE63E0E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1022,511 +825,589 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:val="bestFit" w:percent="81"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007069D3"/>
     <w:rsid w:val="000A5B22"/>
     <w:rsid w:val="001F40F1"/>
     <w:rsid w:val="002E1647"/>
+    <w:rsid w:val="004E07DA"/>
     <w:rsid w:val="007069D3"/>
     <w:rsid w:val="00CF4FD1"/>
     <w:rsid w:val="00D14745"/>
     <w:rsid w:val="00D45923"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="09C4C299"/>
+  <w15:docId w15:val="{D7746D6A-24C1-4B91-A53B-88D694B0677F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000A5B22"/>
+    <w:rsid w:val="004E07DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007069D3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007069D3"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...165 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...4 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="004E07DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
-[...5 lines deleted...]
-      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
     </w:tblPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epa.gov/nutrient-policy-data/cyanohabs" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1773,65 +1654,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>381</Words>
-  <Characters>2174</Characters>
+  <Words>393</Words>
+  <Characters>2245</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2550</CharactersWithSpaces>
+  <CharactersWithSpaces>2633</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jbunton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>