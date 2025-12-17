--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,936 +1,726 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>DRINKING WATER WARNING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Microcystin is present in [name] water system</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00ED7958"/>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>DO NOT DRINK THE WATER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00ED7958"/>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:r w:rsidRPr="00C03A89">
+        <w:t xml:space="preserve">Microcystin, a compound produced by blue-green algae, has been detected in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1243">
+        <w:t>treated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C03A89">
+        <w:t xml:space="preserve"> drinking water from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[name]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C03A89">
+        <w:t xml:space="preserve"> water system. A sample collected on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[date]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C03A89">
+        <w:t xml:space="preserve"> shows microcystin at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[level]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C03A89">
+        <w:t xml:space="preserve"> micrograms/liter (</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7958">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>µ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C03A89">
+        <w:t xml:space="preserve">g/L). U.S. EPA has established a national health advisory level based on drinking water for 10 days. The Iowa DNR recommends that you do not drink the water at microcystin levels above 1.6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7958">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>µ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C03A89">
+        <w:t>g/L.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00ED7958"/>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>What should I do?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>DO NOT DRINK THE WATER.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alternative water should be used for drinking, making infant formula, making ice, brushing teeth, and preparing food.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Healthy adults may use the water for bathing, washing hands, washing dishes and doing laundry. The water may be used for flushing toilets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bottle fed infants and children younger than </w:t>
+      </w:r>
+      <w:r w:rsidR="00880736" w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">age 6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>must be supervised while bathing to prevent accidental ingestion of water. Providing a final rinse of skin with uncontaminated water is recommended for people with open wounds or skin conditions such as eczema.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do not boil the water. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Boiling the water will not destroy microcystin and it may become more concentrated as a result of boiling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Consuming water containing microcystin may result in abnormal liver function, diarrhea, vomiting, nausea, numbness or dizziness. Seek medical attention if you are experiencing any of these symptoms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pets should not drink the water. Contact a veterinarian immediately if pets or livestock show signs of illness.</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00C03A89" w:rsidRPr="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00C03A89">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...52 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRPr="00ED7958" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>What happened? What is being done?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRDefault="00880736" w:rsidP="00ED7958">
+      <w:r w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[Water body</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03A89" w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name]</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03A89">
+        <w:t xml:space="preserve">, which is a source of drinking water for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03A89" w:rsidRPr="00ED7958">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[drinking water system]</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03A89">
+        <w:t xml:space="preserve"> is experiencing a harmful algal bloom (HAB).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00ED7958"/>
+    <w:p w:rsidR="00C03A89" w:rsidRDefault="00ED7958" w:rsidP="00ED7958">
+      <w:pPr>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E2C19">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[Water System Name]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> water system is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>making adjustments to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> its treatment processes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C19">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>(this may need to be modified based on water system capability)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>to help reduce microcystin levels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03A89">
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:t>treated</w:t>
+        <w:t>We are working closely with local and state public health and emergency response agencies t</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00C03A89">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00C03A89">
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> drinking water from [name] water system</w:t>
-[...57 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>o address and resolve the situation. We will keep you informed as the situation is resolved.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C03A89" w:rsidRPr="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00C03A89">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00ED7958"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3618"/>
+        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="288"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00ED7958" w:rsidTr="00BA48A7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3618" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7">
+            <w:bookmarkStart w:id="1" w:name="_Hlk215582982"/>
+            <w:r w:rsidRPr="00B41658">
+              <w:t>For more information, please contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7">
+            <w:r w:rsidRPr="00B41658">
+              <w:t>at</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="288" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7">
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00ED7958"/>
+    <w:p w:rsidR="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
+      <w:r>
+        <w:t xml:space="preserve">Additional information about harmful algal blooms can be found at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="00ED7958" w:rsidRPr="00ED7958">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:bCs/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>www.epa.gov/nutrient-policy-data/cyanohabs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00C03A89">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00ED7958"/>
+    <w:p w:rsidR="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00ED7958">
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t>What should I do?</w:t>
+        <w:t>Please share this information with anyone who drinks this water, especially those who may not have received this notice directly (for example, people in apartments, nursing homes, schools and businesses). You can do this by posting this notice in a public place or distributing copies by hand or mail.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00C03A89">
-[...578 lines deleted...]
-    <w:sectPr w:rsidR="000A5B22" w:rsidSect="000A5B22">
+    <w:p w:rsidR="00C03A89" w:rsidRDefault="00C03A89" w:rsidP="00ED7958"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1008"/>
+        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="4464"/>
+        <w:gridCol w:w="1116"/>
+        <w:gridCol w:w="1638"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00ED7958" w:rsidTr="00BA48A7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7">
+            <w:bookmarkStart w:id="2" w:name="_Hlk215582507"/>
+            <w:r>
+              <w:t>This notice is being sent to you by:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6030" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1638" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED7958" w:rsidTr="00BA48A7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRPr="00B41658" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7">
+            <w:r w:rsidRPr="00B41658">
+              <w:t>PWSID#:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRPr="00B41658" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41658">
+              <w:t>Date distributed:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2754" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00BA48A7"/>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="2"/>
+    </w:tbl>
+    <w:p w:rsidR="00ED7958" w:rsidRDefault="00ED7958" w:rsidP="00ED7958"/>
+    <w:sectPr w:rsidR="00ED7958" w:rsidSect="00ED7958">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SymbolMT">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Shruti">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20691036"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2ABE3DA2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -999,51 +789,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ABB4716"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C512F8C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="777519FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94309DEC"/>
     <w:lvl w:ilvl="0" w:tplc="16C62CA2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="SymbolMT" w:eastAsia="SymbolMT" w:hAnsi="Arial" w:cs="SymbolMT" w:hint="eastAsia"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1116,500 +1019,601 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5670" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6390" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:val="bestFit" w:percent="81"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C03A89"/>
     <w:rsid w:val="000A5B22"/>
     <w:rsid w:val="00875CD4"/>
     <w:rsid w:val="00880736"/>
     <w:rsid w:val="00C03A89"/>
     <w:rsid w:val="00D14745"/>
     <w:rsid w:val="00D45923"/>
     <w:rsid w:val="00DA1243"/>
+    <w:rsid w:val="00ED7958"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="44571C52"/>
+  <w15:docId w15:val="{D7746D6A-24C1-4B91-A53B-88D694B0677F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000A5B22"/>
+    <w:rsid w:val="00ED7958"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C03A89"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-</w:styles>
-[...160 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED7958"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED7958"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...13 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED7958"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epa.gov/nutrient-policy-data/cyanohabs" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1856,50 +1860,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>379</Words>
-  <Characters>2165</Characters>
+  <Words>392</Words>
+  <Characters>2236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2539</CharactersWithSpaces>
+  <CharactersWithSpaces>2623</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jbunton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>