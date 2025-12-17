--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,1472 +1,918 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="001B28FC" w:rsidP="001B28FC">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="008D5B11" w:rsidRDefault="001B28FC" w:rsidP="008D5B11">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>DRINKING WATER WARNING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="008D5B11" w:rsidRDefault="00A27A52" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Cylindrospermopsin</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is present in </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[name]</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> water system</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="001B28FC" w:rsidP="008D5B11"/>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="00D15E93" w:rsidP="008D5B11">
+      <w:r>
+        <w:t>Cylindrospermopsin</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">, a compound produced by blue-green algae, has been detected in the </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0121">
+        <w:t>treated</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> drinking water from </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[name]</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> water system. A sample collected on </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[date]</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> shows </w:t>
+      </w:r>
+      <w:r>
+        <w:t>cylindrospermopsin</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[level]</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> micrograms/liter (</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5B11">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>µ</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">g/L). U.S. EPA has established a national health advisory level for bottle-fed infants and children younger than </w:t>
+      </w:r>
+      <w:r w:rsidR="00931B24">
+        <w:t>age 6</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> based on drinking water for 10 days. The Iowa DNR recommends that bottle-fed infants and children younger than </w:t>
+      </w:r>
+      <w:r w:rsidR="00931B24">
+        <w:t>age 6</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> do not drink the water at </w:t>
+      </w:r>
+      <w:r>
+        <w:t>cylindrospermopsin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">levels above </w:t>
+      </w:r>
+      <w:r>
+        <w:t>0.7</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5B11">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>µ</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t>g/L.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95DFA" w:rsidRPr="00B41658" w:rsidRDefault="00B95DFA" w:rsidP="008D5B11"/>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="008D5B11" w:rsidRDefault="001B28FC" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>What should I do?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="001B28FC" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>THE FOLLOWING INDIVIDUALS SHOULD NOT DRINK THE WATER:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> Bottle-fed infants and children</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">younger than </w:t>
+      </w:r>
+      <w:r w:rsidR="00931B24">
+        <w:t>age 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>, pregnant women, nursing mothers, those with pre-existing liver conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0121">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>those receiving dialysis treatment. These individuals may be more susceptible than the general</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">population to the health effects of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15E93" w:rsidRPr="00D15E93">
+        <w:t>cylindrospermopsin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15E93">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> Alternative water should be used for drinking, making</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>infant formula, making ice, brushing teeth, and preparing food.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="008D5B11" w:rsidRDefault="001B28FC" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>As a precautionary measure, the elderly and immune-compromised individuals may want to consider</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>using an alternate water source for drinking, making ice, brushing teeth and preparing food.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="00931B24" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...250 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hildren </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aged 6 or above </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and adults not in the categories listed above may drink the water. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t>Healthy school age</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t>children and adults may use the water for all uses including bathing, washing hands, washing dishes and doing</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t>laundry. The water may be used for flushing toilets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="001B28FC" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">Bottle fed infants and children younger than </w:t>
+      </w:r>
+      <w:r w:rsidR="00931B24">
+        <w:t>age 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> must be supervised while bathing to prevent accidental</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>ingestion of water. Providing a final rinse of skin with uncontaminated water is recommended for people with open</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>wounds or skin conditions such as eczema.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="001B28FC" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do not boil the water. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">Boiling the water will not destroy </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15E93">
+        <w:t>cylindrospermopsin</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15E93" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>and it may become more concentrated as a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>result of boiling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="001B28FC" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">Consuming water containing </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15E93">
+        <w:t>cylindrospermopsin</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15E93" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>at the detected level may result in abnormal liver function, diarrhea,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>vomiting, nausea, numbness or dizziness in this population. Seek medical attention if your child is experiencing</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>any of these symptoms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="001B28FC" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>Contact a veterinarian immediately if pets or livestock show signs of illness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95DFA" w:rsidRPr="00B41658" w:rsidRDefault="00B95DFA" w:rsidP="008D5B11"/>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="008D5B11" w:rsidRDefault="001B28FC" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>What happened? What is being done?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="00931B24" w:rsidP="008D5B11">
+      <w:r w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[Water body</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name]</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">, which is a source of drinking water for the </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="008D5B11">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[drinking water system]</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> is experiencing a harmful algal bloom</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t>(HAB).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95DFA" w:rsidRPr="00B41658" w:rsidRDefault="00B95DFA" w:rsidP="008D5B11"/>
+    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="008D5B11" w:rsidP="008D5B11">
+      <w:pPr>
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>What should I do?</w:t>
-[...11 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E2C19">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[Water System Name]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> water system is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>making adjustments to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve"> its treatment processes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C19">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>(this may need to be modified based on water system capability)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">to help reduce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15E93">
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>cylindrospermopsin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15E93" w:rsidRPr="00B41658">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:t>levels</w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. We are working closely with local and state public health and</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>emergency response agencies to address and resolve the situation. We will keep you informed as the situation is</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFA" w:rsidRPr="00B41658">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B28FC" w:rsidRPr="00B41658">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>resolved.</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="001B28FC" w:rsidP="00B95DFA">
-[...33 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00B95DFA" w:rsidRDefault="00B95DFA" w:rsidP="008D5B11"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3618"/>
+        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="288"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008D5B11" w:rsidTr="00257A3E">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3618" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E">
+            <w:bookmarkStart w:id="1" w:name="_Hlk215582982"/>
+            <w:r w:rsidRPr="00B41658">
+              <w:t>For more information, please contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E">
+            <w:r w:rsidRPr="00B41658">
+              <w:t>at</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="288" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E">
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w:rsidR="008D5B11" w:rsidRPr="00B41658" w:rsidRDefault="008D5B11" w:rsidP="008D5B11"/>
+    <w:p w:rsidR="008D5B11" w:rsidRPr="00B41658" w:rsidRDefault="008D5B11" w:rsidP="008D5B11">
+      <w:r w:rsidRPr="00B41658">
+        <w:t xml:space="preserve">Additional information about harmful algal blooms can be found at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00B82E36">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>www.epa.gov/nutrient-policy-data/cyanohabs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B41658">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5B11" w:rsidRPr="00B41658" w:rsidRDefault="008D5B11" w:rsidP="008D5B11"/>
+    <w:p w:rsidR="008D5B11" w:rsidRPr="007069D3" w:rsidRDefault="008D5B11" w:rsidP="008D5B11">
+      <w:r w:rsidRPr="007069D3">
+        <w:t>Please share this information with all the other people who drink this water, especially those who may not have received</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B41658">
-[...50 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="007069D3">
+        <w:t xml:space="preserve">this notice directly (for example, people in </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>partments, nursing homes, schools and businesses). You can do this by</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B41658">
-[...99 lines deleted...]
-        <w:t>infant formula, making ice, brushing teeth, and preparing food.</w:t>
+      <w:r w:rsidRPr="007069D3">
+        <w:t>posting this notice in a public place or distributing copies by hand or mail.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B28FC" w:rsidRPr="00B41658" w:rsidRDefault="001B28FC" w:rsidP="001B28FC">
-[...820 lines deleted...]
-    <w:sectPr w:rsidR="000A5B22" w:rsidRPr="00B41658" w:rsidSect="00B41658">
+    <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="008D5B11"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1008"/>
+        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="4464"/>
+        <w:gridCol w:w="1116"/>
+        <w:gridCol w:w="1638"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008D5B11" w:rsidTr="00257A3E">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E">
+            <w:bookmarkStart w:id="2" w:name="_Hlk215582507"/>
+            <w:r>
+              <w:t>This notice is being sent to you by:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6030" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1638" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D5B11" w:rsidTr="00257A3E">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRPr="00B41658" w:rsidRDefault="008D5B11" w:rsidP="00257A3E">
+            <w:r w:rsidRPr="00B41658">
+              <w:t>PWSID#:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRPr="00B41658" w:rsidRDefault="008D5B11" w:rsidP="00257A3E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41658">
+              <w:t>Date distributed:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2754" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="00257A3E"/>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="2"/>
+    </w:tbl>
+    <w:p w:rsidR="008D5B11" w:rsidRDefault="008D5B11" w:rsidP="008D5B11"/>
+    <w:sectPr w:rsidR="008D5B11" w:rsidSect="008D5B11">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SymbolMT">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...8 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="176D778F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2149748"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1535,51 +981,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CA65536"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="474EE718"/>
     <w:lvl w:ilvl="0" w:tplc="144E670A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="SymbolMT" w:eastAsia="SymbolMT" w:hAnsi="Arial" w:cs="SymbolMT" w:hint="eastAsia"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1648,51 +1094,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="491C7D29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA447450"/>
     <w:lvl w:ilvl="0" w:tplc="144E670A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="SymbolMT" w:eastAsia="SymbolMT" w:hAnsi="Arial" w:cs="SymbolMT" w:hint="eastAsia"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1761,51 +1207,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CF921DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5E66B1E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1869,536 +1315,734 @@
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C2B783E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F1AAE80"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:val="bestFit" w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B28FC"/>
     <w:rsid w:val="000A5B22"/>
     <w:rsid w:val="001B28FC"/>
     <w:rsid w:val="00264943"/>
     <w:rsid w:val="006E0121"/>
+    <w:rsid w:val="008D5B11"/>
     <w:rsid w:val="00931B24"/>
     <w:rsid w:val="00A27A52"/>
     <w:rsid w:val="00B41658"/>
     <w:rsid w:val="00B95DFA"/>
     <w:rsid w:val="00D14745"/>
     <w:rsid w:val="00D15E93"/>
     <w:rsid w:val="00D45923"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="41D8B015"/>
+  <w15:docId w15:val="{7A773A0D-0D71-448D-86B2-CAC4E781E624}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="008D5B11"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B95DFA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-</w:styles>
-[...160 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D5B11"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...4 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D5B11"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
-[...5 lines deleted...]
-      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
     </w:tblPr>
-  </w:style>
-[...15 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epa.gov/nutrient-policy-data/cyanohabs" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2645,65 +2289,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>495</Words>
-  <Characters>2825</Characters>
+  <Words>510</Words>
+  <Characters>2908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IDNR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3314</CharactersWithSpaces>
+  <CharactersWithSpaces>3412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jbunton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>