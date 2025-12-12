--- v0 (2025-10-08)
+++ v1 (2025-12-12)
@@ -1,6695 +1,5539 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00510D98" w:rsidRDefault="00D1478B" w:rsidP="00FC7C26">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w:rsidR="00510D98" w:rsidRPr="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9">
+      <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:caps/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>municipal Solid Waste landf</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007D49EA">
+      </w:pPr>
+      <w:r w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>FILL</w:t>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1478B" w:rsidRPr="000D66A9">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unicipal Solid Waste </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D66A9">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1478B" w:rsidRPr="000D66A9">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>andf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D66A9">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ill</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC7C26" w:rsidRDefault="00CA3A20" w:rsidP="00FC7C26">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w:rsidR="00FC7C26" w:rsidRPr="000D66A9" w:rsidRDefault="00CA3A20" w:rsidP="000D66A9">
+      <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>CORPORATE</w:t>
       </w:r>
-      <w:r w:rsidR="00FC7C26">
+      <w:r w:rsidR="00FC7C26" w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C743F9">
+      <w:r w:rsidR="00C743F9" w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>FINANCIAL TEST</w:t>
       </w:r>
-      <w:r w:rsidR="00AC5888">
+      <w:r w:rsidR="00AC5888" w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AC5888">
+      <w:r w:rsidR="00AC5888" w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>CFO LETTER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC7C26" w:rsidRPr="00FC7C26" w:rsidRDefault="00FC7C26" w:rsidP="00FC7C26"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00FC7C26" w:rsidRPr="00FC7C26" w:rsidRDefault="00FC7C26" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="000D6E48" w:rsidRDefault="00272A2A" w:rsidP="000D66A9">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000D6E48">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>[Enter Date]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="00510D98" w:rsidRDefault="00272A2A" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="00510D98" w:rsidRDefault="00272A2A" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="00510D98" w:rsidRDefault="00272A2A" w:rsidP="000D66A9">
       <w:r w:rsidRPr="00510D98">
+        <w:t>Iowa Department of Natural Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="00510D98" w:rsidRDefault="00510D98" w:rsidP="000D66A9">
+      <w:r w:rsidRPr="00510D98">
+        <w:t>Land Quality Bureau</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="00510D98" w:rsidRDefault="000D66A9" w:rsidP="000D66A9">
+      <w:r>
+        <w:t>6200 Park Ave Ste 200</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="00510D98" w:rsidRDefault="00272A2A" w:rsidP="000D66A9">
+      <w:r w:rsidRPr="00510D98">
+        <w:t>Des Moines, IA</w:t>
+      </w:r>
+      <w:r w:rsidR="006D62D7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00510D98">
+        <w:t>503</w:t>
+      </w:r>
+      <w:r w:rsidR="000D66A9">
+        <w:t>21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="00510D98" w:rsidRDefault="00272A2A" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="006A05EE" w:rsidRDefault="006A05EE" w:rsidP="000D66A9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:r w:rsidR="008067FA">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Processor </w:t>
+      </w:r>
+      <w:r w:rsidR="00856A57">
+        <w:t>OF SOLID</w:t>
+      </w:r>
+      <w:r w:rsidR="008067FA">
+        <w:t xml:space="preserve"> Waste Sanitary Landfill Financial Assurance Reports:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="000A50AD" w:rsidRDefault="00272A2A" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="0080065E" w:rsidRPr="00510D98" w:rsidRDefault="008067FA" w:rsidP="000D66A9">
+      <w:r>
+        <w:t>I am the C</w:t>
+      </w:r>
+      <w:r w:rsidR="0080065E" w:rsidRPr="00510D98">
+        <w:t>h</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="0080065E" w:rsidRPr="00510D98">
+        <w:t xml:space="preserve">ief </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Financial O</w:t>
+      </w:r>
+      <w:r w:rsidR="0080065E" w:rsidRPr="00510D98">
+        <w:t xml:space="preserve">fficer for </w:t>
+      </w:r>
+      <w:r w:rsidR="006A05EE">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A05EE" w:rsidRPr="00510D98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A05EE" w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00510D98">
+      <w:r w:rsidR="007D49EA" w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:sz w:val="23"/>
-[...299 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">Name </w:t>
       </w:r>
-      <w:r w:rsidR="006A05EE" w:rsidRPr="00B06B73">
+      <w:r w:rsidR="006A05EE" w:rsidRPr="000D66A9">
         <w:rPr>
-          <w:sz w:val="23"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>Facility Owner or Operator</w:t>
+        <w:t>Facility Owner or Operator]</w:t>
       </w:r>
       <w:r w:rsidR="006A05EE" w:rsidRPr="00510D98">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>],</w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006A05EE">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A05EE" w:rsidRPr="00553E87">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>herein</w:t>
       </w:r>
       <w:r w:rsidR="00553E87">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>after</w:t>
       </w:r>
       <w:r w:rsidR="006A05EE" w:rsidRPr="00553E87">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> referred to as</w:t>
       </w:r>
       <w:r w:rsidR="006A05EE">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> “Owner”. </w:t>
       </w:r>
       <w:r w:rsidR="0080065E" w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">This letter is in support of the </w:t>
       </w:r>
       <w:r w:rsidR="006A05EE">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Owner’s</w:t>
       </w:r>
       <w:r w:rsidR="0080065E" w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> use of the Corporate </w:t>
       </w:r>
       <w:r w:rsidR="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Financial Test</w:t>
       </w:r>
       <w:r w:rsidR="0080065E" w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> to demonstrate financial assurance for closure and/or postclosure care costs as specified in </w:t>
       </w:r>
       <w:r w:rsidR="0080065E" w:rsidRPr="00801CBF">
         <w:rPr>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>IAC</w:t>
       </w:r>
       <w:r w:rsidR="0080065E" w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00801CBF">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="0080065E" w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>567</w:t>
       </w:r>
       <w:r w:rsidR="006E7981">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>] section 1</w:t>
       </w:r>
       <w:r w:rsidR="00D1478B">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>13.14</w:t>
       </w:r>
       <w:r w:rsidR="00801CBF">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">(6)(e) </w:t>
+        <w:t>(6)(e)</w:t>
       </w:r>
       <w:r w:rsidR="0080065E" w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0080065E" w:rsidRPr="000A50AD" w:rsidRDefault="0080065E" w:rsidP="00510D98">
-[...13 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="0080065E" w:rsidRPr="000A50AD" w:rsidRDefault="0080065E" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="0080065E" w:rsidRPr="00510D98" w:rsidRDefault="0080065E" w:rsidP="000D66A9">
       <w:r w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="006A05EE">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Owner</w:t>
       </w:r>
       <w:r w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> is providing a Corporate </w:t>
       </w:r>
       <w:r w:rsidR="00B06B73">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Financial Test</w:t>
       </w:r>
       <w:r w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, as specified in </w:t>
       </w:r>
       <w:r w:rsidR="00B06B73" w:rsidRPr="00801CBF">
         <w:rPr>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>IAC</w:t>
       </w:r>
       <w:r w:rsidR="00B06B73" w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B06B73">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00B06B73" w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>567</w:t>
       </w:r>
       <w:r w:rsidR="000A50AD">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>] section 1</w:t>
       </w:r>
       <w:r w:rsidR="00D1478B">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>13.14</w:t>
       </w:r>
       <w:r w:rsidR="00B06B73">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(6)(e) </w:t>
       </w:r>
       <w:r w:rsidR="007D49EA">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="00510D98">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00272A2A" w:rsidRPr="00510D98" w:rsidRDefault="00272A2A" w:rsidP="00272A2A">
-[...1570 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00272A2A" w:rsidRDefault="00272A2A" w:rsidP="000D66A9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10098" w:type="dxa"/>
-        <w:tblInd w:w="-270" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9018"/>
-        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1098"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="5310"/>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="2808"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00861206">
+      <w:tr w:rsidR="000D66A9" w:rsidTr="000D66A9">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10098" w:type="dxa"/>
+            <w:tcW w:w="1638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9">
+            <w:r w:rsidRPr="00510D98">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Facility Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="00BF1804">
-[...33 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9">
+            <w:r w:rsidRPr="00272A2A">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Permit No:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00861206">
+      <w:tr w:rsidR="000D66A9" w:rsidTr="000D66A9">
         <w:trPr>
-          <w:trHeight w:val="690"/>
+          <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10098" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9918" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1971 lines deleted...]
-          </w:p>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F95D73" w:rsidRPr="00F95D73" w:rsidRDefault="00F95D73">
-      <w:pPr>
+    <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="00272A2A" w:rsidRDefault="00272A2A" w:rsidP="000D66A9">
+      <w:r w:rsidRPr="00272A2A">
+        <w:t xml:space="preserve">The current closure </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0E7A">
+        <w:t xml:space="preserve">and/or postclosure </w:t>
+      </w:r>
+      <w:r w:rsidR="00916F46">
+        <w:t xml:space="preserve">care </w:t>
+      </w:r>
+      <w:r w:rsidR="000A50AD">
+        <w:t xml:space="preserve">and/or corrective action </w:t>
+      </w:r>
+      <w:r w:rsidR="00916F46">
+        <w:t>cost estimate</w:t>
+      </w:r>
+      <w:r w:rsidR="008067FA">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00272A2A">
+        <w:t xml:space="preserve">, in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73" w:rsidRPr="00801CBF">
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:br w:type="page"/>
+        <w:t>IAC</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73" w:rsidRPr="00510D98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73" w:rsidRPr="00510D98">
+        <w:t>567</w:t>
+      </w:r>
+      <w:r w:rsidR="000A50AD">
+        <w:t>] section 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1478B">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000A50AD">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1478B">
+        <w:t>.14</w:t>
+      </w:r>
+      <w:r w:rsidR="008067FA">
+        <w:t>(6)(e),</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0E7A">
+        <w:t xml:space="preserve"> f</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84742">
+        <w:t xml:space="preserve">or each facility </w:t>
+      </w:r>
+      <w:r w:rsidR="007D49EA">
+        <w:t>to be assured by this</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0E7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080065E">
+        <w:t xml:space="preserve">Corporate </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0E7A">
+        <w:t>Financial Test</w:t>
+      </w:r>
+      <w:r w:rsidR="007D49EA">
+        <w:t xml:space="preserve"> are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00272A2A">
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00272A2A" w:rsidRDefault="00272A2A" w:rsidP="000D66A9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10098" w:type="dxa"/>
-        <w:tblInd w:w="-270" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10098"/>
+        <w:gridCol w:w="4518"/>
+        <w:gridCol w:w="2160"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00BF1804">
-[...2 lines deleted...]
-            <w:tcW w:w="10098" w:type="dxa"/>
+      <w:tr w:rsidR="000D66A9" w:rsidTr="000D66A9">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Closure Cost Estimate to be assured: $</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:right="-18"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D66A9" w:rsidTr="000D66A9">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9">
+            <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C7157D">
-[...7 lines deleted...]
-              <w:ind w:right="-18"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Postclosure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Cost Estimate to be assured: $</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D66A9" w:rsidTr="000D66A9">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9">
+            <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C7157D">
+            <w:r w:rsidRPr="003A2B2E">
+              <w:t>Corrective Action Cost Estimate to be assured: $</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D66A9" w:rsidTr="000D66A9">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRPr="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D66A9">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
               </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D66A9">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Cost Estimate(s) to be assured $</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="00B06B73" w:rsidRDefault="00272A2A" w:rsidP="000D66A9">
+      <w:r w:rsidRPr="00B06B73">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0E7A" w:rsidRPr="00B06B73">
+        <w:t>Owner meets or exceeds the</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73">
+        <w:t xml:space="preserve"> Corporate</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0E7A" w:rsidRPr="00B06B73">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABE" w:rsidRPr="00B06B73">
+        <w:t xml:space="preserve">inancial </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73">
+        <w:t>Test C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B06B73">
+        <w:t>riteria as shown in</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73">
+        <w:t xml:space="preserve"> the attached</w:t>
+      </w:r>
+      <w:r w:rsidR="008067FA">
+        <w:t xml:space="preserve"> F</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73" w:rsidRPr="00B06B73">
+        <w:t>orm</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B06B73">
+        <w:t xml:space="preserve"> and agrees to comply with the requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B06B73">
+        <w:t xml:space="preserve">specified in </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73" w:rsidRPr="00B06B73">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>IAC</w:t>
+      </w:r>
+      <w:r w:rsidR="000A50AD">
+        <w:t xml:space="preserve"> [567] section 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1478B">
+        <w:t>13.14</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73" w:rsidRPr="00B06B73">
+        <w:t>(6)(e).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73C3F" w:rsidRPr="000A50AD" w:rsidRDefault="00B73C3F" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="00B73C3F" w:rsidRPr="00B73C3F" w:rsidRDefault="008067FA" w:rsidP="000D66A9">
+      <w:r>
+        <w:t>As C</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F" w:rsidRPr="00B73C3F">
+        <w:t xml:space="preserve">hief </w:t>
+      </w:r>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F" w:rsidRPr="00B73C3F">
+        <w:t xml:space="preserve">inancial </w:t>
+      </w:r>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F" w:rsidRPr="00B73C3F">
+        <w:t xml:space="preserve">fficer for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00047373">
+        <w:t>Owner</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F" w:rsidRPr="00B73C3F">
+        <w:t>, I hereby certify that the information provided in this letter</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and attached Form</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F" w:rsidRPr="00B73C3F">
+        <w:t xml:space="preserve"> is true to the best of my knowledge</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F" w:rsidRPr="00B73C3F">
+        <w:t xml:space="preserve"> and that this letter </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and attached Form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73C3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F" w:rsidRPr="00B73C3F">
+        <w:t xml:space="preserve">being submitted in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73" w:rsidRPr="00801CBF">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>IAC</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73" w:rsidRPr="00510D98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73" w:rsidRPr="00510D98">
+        <w:t>567</w:t>
+      </w:r>
+      <w:r w:rsidR="000A50AD">
+        <w:t>] section 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1478B">
+        <w:t>13.14</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06B73">
+        <w:t>(6)(e)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F">
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidR="0080065E">
+        <w:t>Corporate</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00047373">
+        <w:t>Financial Test</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73C3F" w:rsidRPr="00B73C3F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00393C4F" w:rsidRPr="00836D70" w:rsidRDefault="00393C4F" w:rsidP="000D66A9"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="828"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="6156"/>
+        <w:gridCol w:w="1044"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="1818"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000D66A9" w:rsidTr="005A6566">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1188" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="005A6566">
+            <w:r w:rsidRPr="00790CD0">
+              <w:t>Signature:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="005A6566"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRPr="002D7264" w:rsidRDefault="000D66A9" w:rsidP="005A6566"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D66A9" w:rsidTr="000D66A9">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="005A6566">
+            <w:r w:rsidRPr="00790CD0">
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7560" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="005A6566"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="005A6566">
+            <w:r>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D66A9" w:rsidRDefault="000D66A9" w:rsidP="005A6566"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008067FA" w:rsidRDefault="008067FA" w:rsidP="000D66A9"/>
+    <w:p w:rsidR="00B06B73" w:rsidRDefault="00B06B73">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="006D62D7">
+      <w:r w:rsidRPr="00C7157D">
+        <w:lastRenderedPageBreak/>
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="000A50AD">
+        <w:t>e following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7157D">
+        <w:t xml:space="preserve"> information comes from the Owner’s independently audited year-end financial statements, or audit report for the latest completed fiscal year, which ended ________________</w:t>
+      </w:r>
+      <w:r w:rsidR="000A50AD">
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7157D">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="006D62D7"/>
+    <w:p w:rsidR="006D62D7" w:rsidRDefault="006E7981" w:rsidP="006D62D7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D62D7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Corporate Financial Test Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D62D7" w:rsidRPr="006D62D7" w:rsidRDefault="006D62D7" w:rsidP="006D62D7"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="11005" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8845"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="1800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="006D62D7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="006D62D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="375"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:sym w:font="Wingdings" w:char="F075"/>
             </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:tab/>
+            </w:r>
             <w:r w:rsidRPr="00C7157D">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
               </w:rPr>
-              <w:t>Record-keeping and Reporting Requirements</w:t>
+              <w:t>Basic Data Points</w:t>
             </w:r>
             <w:r w:rsidRPr="00C7157D">
               <w:rPr>
                 <w:smallCaps/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
               <w:rPr>
                 <w:smallCaps/>
               </w:rPr>
-              <w:t xml:space="preserve">unless </w:t>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
                 <w:smallCaps/>
               </w:rPr>
-              <w:t>All</w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF1804">
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00BF1804">
+              <w:t>These Lines A. &amp; B. are r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>eferenced throughout the rest of the Form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00861206">
+      <w:tr w:rsidR="006D62D7" w:rsidRPr="00C7157D" w:rsidTr="006D62D7">
         <w:trPr>
-          <w:trHeight w:val="438"/>
+          <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10098" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8845" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="006E7981">
+          <w:p w:rsidR="006D62D7" w:rsidRPr="006D62D7" w:rsidRDefault="006D62D7" w:rsidP="006D62D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-18"/>
-              <w:rPr>
-[...38 lines deleted...]
-                <w:smallCaps/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:t xml:space="preserve"> current closure &amp;/or postclosure &amp;/or corrective action </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Cost Estimates</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:t xml:space="preserve"> being assured as per </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>lists</w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>IAC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:t xml:space="preserve"> [567] section </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D62D7">
+              <w:t>113.14”e</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D62D7">
+              <w:t>”(5):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D62D7" w:rsidRPr="00C7157D" w:rsidRDefault="006D62D7" w:rsidP="00553E87">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-18"/>
+            </w:pPr>
+            <w:r>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D62D7" w:rsidRPr="00C7157D" w:rsidRDefault="006D62D7" w:rsidP="00553E87">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-18"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00861206">
-[...9 lines deleted...]
-          <w:p w:rsidR="00553E87" w:rsidRPr="00553E87" w:rsidRDefault="006E7981" w:rsidP="00553E87">
+      <w:tr w:rsidR="006D62D7" w:rsidRPr="00C7157D" w:rsidTr="006D62D7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8845" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D62D7" w:rsidRPr="00C7157D" w:rsidRDefault="006D62D7" w:rsidP="006D62D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-18"/>
-              <w:rPr>
-[...50 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>Owner</w:t>
+            </w:r>
+            <w:r>
+              <w:t>’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006E7981" w:rsidRPr="00553E87">
-[...155 lines deleted...]
-          <w:p w:rsidR="003637CD" w:rsidRPr="003637CD" w:rsidRDefault="003637CD" w:rsidP="003637CD">
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Tangible Net Worth</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>, excluding future permitted capacity of the subject landfill as an asset:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D62D7" w:rsidRPr="006D62D7" w:rsidRDefault="006D62D7" w:rsidP="006D62D7">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-18"/>
-              <w:rPr>
-[...6 lines deleted...]
-          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="003637CD">
+            </w:pPr>
+            <w:r>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D62D7" w:rsidRPr="006D62D7" w:rsidRDefault="006D62D7" w:rsidP="006D62D7">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-18"/>
-              <w:rPr>
-[...33 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00861206">
-[...9 lines deleted...]
-          <w:p w:rsidR="006E7981" w:rsidRPr="00553E87" w:rsidRDefault="006E7981" w:rsidP="00E6279D">
+    </w:tbl>
+    <w:p w:rsidR="006D62D7" w:rsidRDefault="006D62D7"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="11005" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7446"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="1657"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="006D62D7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="006D62D7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="375"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F075"/>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Financial Component</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve"> - The Corporate Financial Test fails </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">unless </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>all 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the Following are met.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="006D62D7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="006D62D7" w:rsidRDefault="006E7981" w:rsidP="006D62D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:right="-18"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D62D7">
+              <w:t xml:space="preserve">At least </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
               <w:rPr>
                 <w:smallCaps/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              <w:t>One</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:i/>
+                <w:smallCaps/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00553E87">
-[...21 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="006D62D7">
+              <w:t xml:space="preserve">of the following </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>True</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8202A" w:rsidRPr="006D62D7">
+              <w:t xml:space="preserve"> (check one)</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7" w:rsidRPr="006D62D7">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B14B7A">
-[...10 lines deleted...]
-                <w:smallCaps/>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a.</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7" w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E6279D">
-[...14 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidRPr="00553E87">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Test met</w:t>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> b.</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7" w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7" w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> c.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00861206">
-[...39 lines deleted...]
-          <w:p w:rsidR="00F95D73" w:rsidRPr="00F95D73" w:rsidRDefault="00B14B7A" w:rsidP="00BD499D">
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00A52B17">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="00553E87" w:rsidP="00A52B17">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="3"/>
               </w:numPr>
+              <w:ind w:right="-18"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The Owner’s</w:t>
+            </w:r>
+            <w:r w:rsidR="006E7981" w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E7981" w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>senior unsubordinated debt</w:t>
+            </w:r>
+            <w:r w:rsidR="006E7981" w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:r w:rsidR="006E7981" w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>currently rated</w:t>
+            </w:r>
+            <w:r w:rsidR="006E7981" w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Either-- </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9348" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:sym w:font="Wingdings" w:char="F077"/>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>by</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Standard &amp; Poor’s </w:t>
+            </w:r>
+            <w:r w:rsidR="000A50AD">
+              <w:t>(circle appropriate one)</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>AAA</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>AA</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>BBB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00A52B17" w:rsidRDefault="006E7981" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9348" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:sym w:font="Wingdings" w:char="F077"/>
+            </w:r>
+            <w:r w:rsidRPr="00C8202A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>by</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Moody’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>(circle appropriate one)</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Aaa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Aa</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Baa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="00861206">
+            <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-18"/>
               <w:rPr>
-                <w:smallCaps/>
-[...3 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
               </w:rPr>
-              <w:t>Because</w:t>
-[...16 lines deleted...]
-                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="006D62D7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="00A52B17">
+            <w:r w:rsidRPr="00BF1804">
+              <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>letter</w:t>
-[...546 lines deleted...]
-              <w:t xml:space="preserve"> Test met</w:t>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve"> if not Test 1.a. or Test 1.c., then…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00861206">
-[...39 lines deleted...]
-          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="00B14B7A" w:rsidP="00B14B7A">
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-18"/>
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Owner’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total Liabilities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:r>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>divided</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Line B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:r>
+              <w:t>=</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:r>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9348" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve">which </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
                 <w:smallCaps/>
               </w:rPr>
-            </w:pPr>
+              <w:t>must</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C7157D">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
               </w:rPr>
-              <w:t xml:space="preserve">A </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              <w:t xml:space="preserve"> be LESS than 150%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="006D62D7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="00A52B17">
+            <w:r w:rsidRPr="00BF1804">
+              <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>copy</w:t>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> Test met</w:t>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve"> if not Test 1.a. or Test 1.b., then…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="00861206">
-[...39 lines deleted...]
-          <w:p w:rsidR="00B14B7A" w:rsidRPr="00C7157D" w:rsidRDefault="00B14B7A" w:rsidP="00B14B7A">
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="3"/>
               </w:numPr>
+              <w:ind w:right="-18"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>sum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Owner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve">’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Net Income</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> $</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:ind w:right="-18"/>
+            </w:pPr>
+            <w:r>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:ind w:right="-18"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:ind w:right="-18"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>plus</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>depreciation, depletion &amp; amortization</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> $</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:r>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>minus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>$10 million</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>divided</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total Liabilities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:r>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:r>
+              <w:t>=</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:r>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9348" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve">which </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:caps/>
+              </w:rPr>
+              <w:t>Greater</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> than 10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00A52B17" w:rsidRDefault="006E7981" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>AND</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="006D62D7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve">The Corporate Financial Test fails </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:i/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>unless</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve"> Either:</w:t>
+            </w:r>
+            <w:r w:rsidR="00836D70">
+              <w:t xml:space="preserve"> (check one)</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a.</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> b.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9348" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:ind w:left="1080"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Line B.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>Greater</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> than $10 million, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>plus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> the amount of any </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>guarantees</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> that have </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:i/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> been recognized as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>liabilities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>on the financial statements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>provided that</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> of the amounts covered by </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Line A.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:smallCaps/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> recognized as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>liabilities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> on the Owner’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>audited</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> financial statements, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A52B17">
+              <w:t xml:space="preserve"> are subject to the approval of the Iowa Department of Natural Resources. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidTr="006D62D7">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00C7157D" w:rsidRDefault="006E7981" w:rsidP="003637CD">
+            <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-18"/>
-              <w:rPr>
-[...3 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF1804">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve"> if </w:t>
+            </w:r>
+            <w:r w:rsidR="00F95D73">
+              <w:t>not Test 2.a.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>, then…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00C7157D" w:rsidRDefault="00A52B17" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:ind w:left="1080"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Line</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C7157D">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
                 <w:b/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>If</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> B.</w:t>
             </w:r>
             <w:r w:rsidRPr="00C7157D">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
-                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C7157D">
-              <w:rPr>
-[...49 lines deleted...]
-            <w:r w:rsidRPr="00B14B7A">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
                 <w:smallCaps/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:caps/>
+              </w:rPr>
+              <w:t>Greater</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> than [</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Line A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
-              </w:rPr>
-[...8 lines deleted...]
-            <w:r>
+                <w:i/>
+              </w:rPr>
+              <w:t>plus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C7157D">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>but</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C7157D">
+              <w:t>$10 million]</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
               </w:rPr>
-              <w:t xml:space="preserve"> which </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003637CD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="008F7277">
+            <w:pPr>
+              <w:ind w:right="-18"/>
+            </w:pPr>
+            <w:r>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00A52B17" w:rsidRDefault="00A52B17" w:rsidP="008F7277">
+            <w:pPr>
+              <w:ind w:right="-18"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A52B17" w:rsidRPr="00A52B17" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:ind w:right="-18"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
                 <w:b/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>differs</w:t>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
             <w:r w:rsidRPr="00C7157D">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
-              </w:rPr>
-[...122 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="00A52B17">
+            <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-18"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
-              </w:rPr>
-[...28 lines deleted...]
-          <w:p w:rsidR="00B14B7A" w:rsidRPr="00C7157D" w:rsidRDefault="00B14B7A" w:rsidP="00B14B7A">
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="00A52B17" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="00A52B17" w:rsidRDefault="006E7981" w:rsidP="00A52B17">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>AND</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="00C7157D" w:rsidRDefault="008F7277" w:rsidP="00A52B17">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="TimesNewRomanPSMT-Identity-H"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r>
+              <w:t>he Owner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve"> have </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Assets</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t>, (excluding future permitted capacity of the subject landfill),</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="00C7157D" w:rsidRDefault="008F7277" w:rsidP="008F7277"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
-            <w:r w:rsidR="00051189">
-[...51 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9348" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="00C7157D" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
                 <w:smallCaps/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C7157D">
-[...164 lines deleted...]
-          </w:p>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>- located in the United States -</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="00C7157D" w:rsidRDefault="008F7277" w:rsidP="008F7277"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="00C7157D" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9348" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="00C7157D" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:i/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>equal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:t xml:space="preserve"> to or exceeding </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C7157D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Line A.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="00C7157D" w:rsidRDefault="008F7277" w:rsidP="008F7277"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006E7981" w:rsidRPr="0087190E" w:rsidRDefault="006E7981" w:rsidP="006E7981">
-[...10 lines deleted...]
-    <w:p w:rsidR="00272A2A" w:rsidRPr="0022046D" w:rsidRDefault="00272A2A" w:rsidP="006E7981">
+    <w:p w:rsidR="00F95D73" w:rsidRPr="00F95D73" w:rsidRDefault="00F95D73">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00272A2A" w:rsidRPr="0022046D" w:rsidSect="003A62F7">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="11005" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9115"/>
+        <w:gridCol w:w="1890"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidRDefault="006E7981" w:rsidP="008F7277">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="375"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F075"/>
+            </w:r>
+            <w:r w:rsidR="008F7277">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>Record-keeping and Reporting Requirements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Corporate Financial Test fails </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve">unless </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>of the Following Records are submitted with this Form</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidRDefault="006E7981" w:rsidP="008F7277">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>letter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (signed by a certified public accountant </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t>&amp; based upon a certified audit)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, which </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:smallCaps/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>lists</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidRDefault="006E7981" w:rsidP="008F7277">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the current cost estimates covered in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Line A.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> above, and including, but not limited to</w:t>
+            </w:r>
+            <w:r w:rsidR="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>cost estimates required for municipal solid waste management facilities pursuant to 40 CFR Part 258;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>cost estimates required for UIC facilities under 40 CFR Part 144, if applicable;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>cost estimates required for petroleum underground storage tank facilities under 40 CFR Part 280, if applicable;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>cost estimates required for PCB storage facilities under 40 CFR Part 761, if applicable; and</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>cost estimates required for hazardous waste treatment, storage, and disposal facilities under 40 CFR Parts 264 and 265, if applicable.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve">AND which letter </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>provides</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Evidence demonstrating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that the Owner </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>meets</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the conditions of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>Financial Component</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tests above. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="00A52B17" w:rsidTr="005A6566">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="00A52B17" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>AND</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidRDefault="00B14B7A" w:rsidP="008F7277">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Because</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the certified public accountant’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>letter provides</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>demonstration</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Owner </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>has</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> assured </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>environmental obligations as provided</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD499D" w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>Record-keeping and Reporting Requirements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Test </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1. above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>letter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> also </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>include</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>report</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from the independent c</w:t>
+            </w:r>
+            <w:r w:rsidR="00F95D73" w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>ertified public accountant which:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>verifies</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the environmental obligations covered by a financial test have been </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recognized as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>liabilities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>audited</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> financial statements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> which:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>documents how</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> these obligations have been </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>measured</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>verifies</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Line B. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">above is at least </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>$10 million</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>plus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the amount of any </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>guarantees</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> provided.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="00A52B17" w:rsidTr="005A6566">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="00A52B17" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>AND</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>copy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the independent certified public accountant’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>unqualified opinion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the Owner’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>financial statements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the latest completed fiscal year. To be eligible to use the Corporate Financial Test, the Owner’s financial statements </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> receive an unqualified opinion from the independent certified public accountant. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="008F7277">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="00A52B17" w:rsidTr="005A6566">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="00A52B17" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52B17">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>AND</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11005" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B14B7A" w:rsidRPr="008F7277" w:rsidRDefault="00B14B7A" w:rsidP="008F7277">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the certified public accountant’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t>letter providing evidence</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of financial assurance includes financial data which shows that the Owner satisfies the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>Financial Component</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tests above </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>but</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> which </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>differs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from data in the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>audited</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> financial statements referred to in </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD499D" w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t>Record-keeping and Reporting Requirements</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD499D" w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD499D" w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Test</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD499D" w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD499D" w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:u w:val="words"/>
+              </w:rPr>
+              <w:t>3. above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:i/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>then</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>special report</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from the Owner’s independent certified public accountant to the Owner is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006E7981" w:rsidRPr="008F7277" w:rsidRDefault="00B14B7A" w:rsidP="008F7277">
+            <w:pPr>
+              <w:ind w:left="900"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>special report</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> shall be:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>based</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> upon an </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>agreed-upon procedures engagement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in accordance with professional auditing standards </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test met</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Not Applicable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidTr="008F7277">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:ind w:left="1440" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">shall </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>describe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the procedures performed in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>comparing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>data</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the certified public accountant’s letter derived from the independently audited, year-end financial statements for the latest fiscal year </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>amounts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in such financial statements, the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>findings</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of that comparison, and the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reasons</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7277">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT-Identity-H" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for any differences.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F7277" w:rsidRPr="008F7277" w:rsidRDefault="008F7277" w:rsidP="005A6566">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00272A2A" w:rsidRPr="0022046D" w:rsidRDefault="00272A2A" w:rsidP="008F7277"/>
+    <w:sectPr w:rsidR="00272A2A" w:rsidRPr="0022046D" w:rsidSect="000D66A9">
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="864" w:right="1296" w:bottom="864" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007425F7" w:rsidRDefault="007425F7">
+    <w:p w:rsidR="00743F14" w:rsidRDefault="00743F14">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007425F7" w:rsidRDefault="007425F7">
+    <w:p w:rsidR="00743F14" w:rsidRDefault="00743F14">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:font w:name="Times New Roman">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="TimesNewRomanPSMT-Identity-H">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
-    <w:panose1 w:val="020B0504020202020204"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="007425F7" w:rsidRPr="00652065" w:rsidRDefault="00D1478B" w:rsidP="007D49EA">
+  <w:p w:rsidR="007425F7" w:rsidRPr="000D66A9" w:rsidRDefault="00D1478B" w:rsidP="000D66A9">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="8640"/>
-        <w:tab w:val="left" w:pos="6660"/>
+        <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
-      <w:jc w:val="center"/>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="000D66A9">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t>MSW Corporate</w:t>
     </w:r>
-    <w:r w:rsidR="007425F7">
+    <w:r w:rsidR="007425F7" w:rsidRPr="000D66A9">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Financial Test &amp; CFO Letter</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000D66A9">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>, revised 5/27/22,wsb</w:t>
+      <w:t>, revised 5/27/</w:t>
     </w:r>
-    <w:r w:rsidR="007D49EA">
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="000D66A9">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>22,wsb</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="007D49EA" w:rsidRPr="000D66A9">
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00A1465E">
+    <w:r w:rsidR="007425F7" w:rsidRPr="000D66A9">
       <w:rPr>
-        <w:sz w:val="16"/>
-[...28 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidR="007425F7" w:rsidRPr="00652065">
+    <w:r w:rsidR="007425F7" w:rsidRPr="000D66A9">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="007425F7" w:rsidRPr="00652065">
+    <w:r w:rsidR="007425F7" w:rsidRPr="000D66A9">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="007425F7" w:rsidRPr="00652065">
+    <w:r w:rsidR="007425F7" w:rsidRPr="000D66A9">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00BF1804">
+    <w:r w:rsidR="00BF1804" w:rsidRPr="000D66A9">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="007425F7" w:rsidRPr="00652065">
+    <w:r w:rsidR="007425F7" w:rsidRPr="000D66A9">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007425F7" w:rsidRDefault="007425F7">
+    <w:p w:rsidR="00743F14" w:rsidRDefault="00743F14">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007425F7" w:rsidRDefault="007425F7">
+    <w:p w:rsidR="00743F14" w:rsidRDefault="00743F14">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...116 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="090242B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3CE6CC5A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0ECF3FB1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51F20C30"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D60667F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7EEA2C0"/>
     <w:lvl w:ilvl="0" w:tplc="7D5CA5BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT-Identity-H" w:hAnsi="Times New Roman" w:cs="TimesNewRomanPSMT-Identity-H" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6735,51 +5579,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49561997"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB020148"/>
     <w:lvl w:ilvl="0" w:tplc="F72CF30C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6824,51 +5668,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="520E2736"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E00840F6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54126CF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA88F166"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6913,51 +5843,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58F03918"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F08FA66"/>
     <w:lvl w:ilvl="0" w:tplc="6754786E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT-Identity-H" w:hAnsi="Times New Roman" w:cs="TimesNewRomanPSMT-Identity-H" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7003,51 +5933,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DC4775A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21228B64"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7117,71 +6047,157 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="633F3CB0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E00840F6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="650C3D8B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="73E46ECA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BF56B72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96E44322"/>
     <w:lvl w:ilvl="0" w:tplc="6FB4A536">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7227,51 +6243,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E8826A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DFE5712"/>
     <w:lvl w:ilvl="0" w:tplc="AF420C62">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7316,120 +6332,224 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E612BD4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3EC21462"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6">
-[...2 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="82"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A56E1"/>
     <w:rsid w:val="00005C6A"/>
     <w:rsid w:val="000120C3"/>
     <w:rsid w:val="0001516C"/>
     <w:rsid w:val="00047373"/>
     <w:rsid w:val="0005086F"/>
     <w:rsid w:val="00051189"/>
     <w:rsid w:val="00090106"/>
     <w:rsid w:val="000A1D11"/>
     <w:rsid w:val="000A50AD"/>
     <w:rsid w:val="000C5629"/>
     <w:rsid w:val="000C6F2C"/>
     <w:rsid w:val="000D6097"/>
+    <w:rsid w:val="000D66A9"/>
+    <w:rsid w:val="000D6E48"/>
+    <w:rsid w:val="000D6F6C"/>
     <w:rsid w:val="000E13B8"/>
     <w:rsid w:val="001044A0"/>
     <w:rsid w:val="00125EEA"/>
     <w:rsid w:val="0013392C"/>
     <w:rsid w:val="00140020"/>
     <w:rsid w:val="00144ABE"/>
     <w:rsid w:val="00147BB4"/>
     <w:rsid w:val="0015254C"/>
     <w:rsid w:val="00157BF2"/>
     <w:rsid w:val="00163DD5"/>
     <w:rsid w:val="001650D9"/>
     <w:rsid w:val="001714D7"/>
     <w:rsid w:val="00191107"/>
     <w:rsid w:val="001C4871"/>
     <w:rsid w:val="001D2C8B"/>
     <w:rsid w:val="001D47FD"/>
     <w:rsid w:val="0020306B"/>
     <w:rsid w:val="0021681F"/>
     <w:rsid w:val="0022046D"/>
     <w:rsid w:val="00240208"/>
     <w:rsid w:val="002422E4"/>
     <w:rsid w:val="00263437"/>
     <w:rsid w:val="00272A2A"/>
     <w:rsid w:val="00287CF3"/>
     <w:rsid w:val="00290A3D"/>
@@ -7481,122 +6601,126 @@
     <w:rsid w:val="00502DFC"/>
     <w:rsid w:val="00504DC6"/>
     <w:rsid w:val="00506592"/>
     <w:rsid w:val="00510D98"/>
     <w:rsid w:val="0051229A"/>
     <w:rsid w:val="00552913"/>
     <w:rsid w:val="00553AF2"/>
     <w:rsid w:val="00553E87"/>
     <w:rsid w:val="00555D09"/>
     <w:rsid w:val="00567AEA"/>
     <w:rsid w:val="005A54DF"/>
     <w:rsid w:val="005A6928"/>
     <w:rsid w:val="005C29D3"/>
     <w:rsid w:val="005D2D89"/>
     <w:rsid w:val="005D4FCF"/>
     <w:rsid w:val="005E5CB3"/>
     <w:rsid w:val="006060B3"/>
     <w:rsid w:val="00614B35"/>
     <w:rsid w:val="00615739"/>
     <w:rsid w:val="0061639C"/>
     <w:rsid w:val="00644555"/>
     <w:rsid w:val="00652065"/>
     <w:rsid w:val="00667F17"/>
     <w:rsid w:val="00677ED6"/>
     <w:rsid w:val="006A05EE"/>
+    <w:rsid w:val="006D62D7"/>
     <w:rsid w:val="006D75E3"/>
     <w:rsid w:val="006E2C23"/>
     <w:rsid w:val="006E7981"/>
     <w:rsid w:val="006F4DCA"/>
     <w:rsid w:val="00707DC3"/>
     <w:rsid w:val="00721AAA"/>
     <w:rsid w:val="007341F2"/>
     <w:rsid w:val="007425F7"/>
+    <w:rsid w:val="00743F14"/>
     <w:rsid w:val="00752415"/>
     <w:rsid w:val="00755435"/>
     <w:rsid w:val="007558CB"/>
     <w:rsid w:val="00760BEE"/>
     <w:rsid w:val="00762326"/>
     <w:rsid w:val="00766656"/>
     <w:rsid w:val="00766B3A"/>
     <w:rsid w:val="007872AF"/>
     <w:rsid w:val="007A3F3E"/>
     <w:rsid w:val="007A5E68"/>
     <w:rsid w:val="007B7228"/>
     <w:rsid w:val="007C1E00"/>
     <w:rsid w:val="007D49EA"/>
     <w:rsid w:val="007D7C0D"/>
     <w:rsid w:val="007E0315"/>
     <w:rsid w:val="007E22CE"/>
     <w:rsid w:val="007E2AAA"/>
     <w:rsid w:val="0080065E"/>
     <w:rsid w:val="00801CBF"/>
     <w:rsid w:val="0080654B"/>
     <w:rsid w:val="008067FA"/>
     <w:rsid w:val="00811094"/>
     <w:rsid w:val="0082486A"/>
     <w:rsid w:val="00827ECE"/>
     <w:rsid w:val="00836825"/>
     <w:rsid w:val="00836D70"/>
     <w:rsid w:val="00853C66"/>
     <w:rsid w:val="00856A57"/>
     <w:rsid w:val="0086159D"/>
     <w:rsid w:val="0087219B"/>
     <w:rsid w:val="008860D0"/>
     <w:rsid w:val="00886611"/>
     <w:rsid w:val="008A126E"/>
     <w:rsid w:val="008A3821"/>
     <w:rsid w:val="008A5166"/>
     <w:rsid w:val="008B5109"/>
     <w:rsid w:val="008B7E1C"/>
     <w:rsid w:val="008C1F1D"/>
     <w:rsid w:val="008C7106"/>
     <w:rsid w:val="008F0213"/>
+    <w:rsid w:val="008F7277"/>
     <w:rsid w:val="008F7D0E"/>
     <w:rsid w:val="009040AC"/>
     <w:rsid w:val="00904B2C"/>
     <w:rsid w:val="00904D5B"/>
     <w:rsid w:val="00904F44"/>
     <w:rsid w:val="00916F46"/>
     <w:rsid w:val="0092685A"/>
     <w:rsid w:val="009465C8"/>
     <w:rsid w:val="0094762E"/>
     <w:rsid w:val="009551A5"/>
     <w:rsid w:val="009760C0"/>
     <w:rsid w:val="00983664"/>
     <w:rsid w:val="00985B7D"/>
     <w:rsid w:val="009B3D9B"/>
     <w:rsid w:val="009C6A66"/>
     <w:rsid w:val="009C74D3"/>
     <w:rsid w:val="009D44DA"/>
     <w:rsid w:val="009E69E8"/>
     <w:rsid w:val="009F2765"/>
     <w:rsid w:val="00A1465E"/>
     <w:rsid w:val="00A21869"/>
     <w:rsid w:val="00A245ED"/>
     <w:rsid w:val="00A26D38"/>
     <w:rsid w:val="00A33828"/>
+    <w:rsid w:val="00A52B17"/>
     <w:rsid w:val="00A57A67"/>
     <w:rsid w:val="00A61225"/>
     <w:rsid w:val="00A84131"/>
     <w:rsid w:val="00A85B8D"/>
     <w:rsid w:val="00A90501"/>
     <w:rsid w:val="00A936A1"/>
     <w:rsid w:val="00AA0E7A"/>
     <w:rsid w:val="00AB2F31"/>
     <w:rsid w:val="00AC31F8"/>
     <w:rsid w:val="00AC5888"/>
     <w:rsid w:val="00AC78A5"/>
     <w:rsid w:val="00AE1CA9"/>
     <w:rsid w:val="00AE35B4"/>
     <w:rsid w:val="00AE58CA"/>
     <w:rsid w:val="00AE736F"/>
     <w:rsid w:val="00AF4143"/>
     <w:rsid w:val="00AF4D18"/>
     <w:rsid w:val="00AF5765"/>
     <w:rsid w:val="00AF62D1"/>
     <w:rsid w:val="00AF6778"/>
     <w:rsid w:val="00B06B73"/>
     <w:rsid w:val="00B07A93"/>
     <w:rsid w:val="00B14B7A"/>
     <w:rsid w:val="00B21185"/>
     <w:rsid w:val="00B21EB7"/>
@@ -7679,64 +6803,58 @@
     <w:rsid w:val="00F674BB"/>
     <w:rsid w:val="00F73C3C"/>
     <w:rsid w:val="00F95D73"/>
     <w:rsid w:val="00FC2CAA"/>
     <w:rsid w:val="00FC7C26"/>
     <w:rsid w:val="00FD67DA"/>
     <w:rsid w:val="00FE283A"/>
     <w:rsid w:val="00FE35F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
-[...3 lines deleted...]
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="70010DA2"/>
   <w15:docId w15:val="{70A256DD-2767-4FDF-B260-DB0042C0DDCC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7854,51 +6972,53 @@
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -8078,51 +7198,55 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00644555"/>
+    <w:rsid w:val="008F7277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00644555"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00644555"/>
     <w:pPr>
       <w:keepNext/>
@@ -8294,51 +7418,51 @@
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="001D47FD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8585,67 +7709,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1041</Words>
-  <Characters>5937</Characters>
+  <Words>989</Words>
+  <Characters>5642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
+  <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SANITARY DISPOSAL PROJECT:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IA Dept of Natural Resources</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6965</CharactersWithSpaces>
+  <CharactersWithSpaces>6618</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SANITARY DISPOSAL PROJECT:</dc:title>
   <dc:creator>Chad A. Stobbe</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>